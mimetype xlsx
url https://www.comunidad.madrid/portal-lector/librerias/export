--- v0 (2025-12-27)
+++ v1 (2026-01-13)
@@ -535,55 +535,55 @@
             Dirección
             C. de la Luna, 6, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 91 5231767 
                Email: estrategia@atlanticajuegos.com 
                Web
    Juegos</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Atlas
             Dirección
             C. de Gabriel y Galán, 28, 28330 San Martín de la Vega, Madrid, España 
             28330
             San Martín De La Vega 
             Contacto
                Tlf: 918087865 
                Email: atlas_inversiones@hotmail.com</t>
   </si>
   <si>
     <t>Especializada 
       Atom Cómics (Novela gráfica y europeo)
             Dirección
-            C. de la Luna, 14, Centro, 28004 Madrid, España 
+            C. de la Madera, 1, Centro, 28004 Madrid, España 
             28010
             Madrid 
             Contacto
-               Tlf: 911151214 
+               Tlf: 911 15 12 14 
                Email: info@atomcomics.net 
                Web
    Comics</t>
   </si>
   <si>
     <t>Especializada 
       Atom Cómics (USA y Manga) 
             Dirección
             C. de la Luna, 16, Centro, 28004 Madrid, España 
             28009
             Madrid 
             Contacto
                Tlf: 911 151 214 
                Email: atomcomics@atomcomics.net 
                Web
    Comics</t>
   </si>
   <si>
     <t>Especializada 
       Aula Documental de Investigación (A.D.I.)
             Dirección
             C. de Martín de los Heros, 66, 28008 Madrid, España 
             28008
             Madrid 
             Contacto
@@ -916,56 +916,56 @@
             Dirección
             C. Isaac Peral, 2, 28290 Las Rozas de Madrid, Madrid, España 
             28290
             Las Rozas de Madrid 
             Contacto
                Tlf: 916303992 
                Email: calabria@telefonica.net</t>
   </si>
   <si>
     <t>Especializada 
       Calatrava
             Dirección
             C. de Ginzo de Limia, 26, 28029 Madrid, España 
             28003
             Madrid 
             Contacto
                Tlf: 913653626 
                Email: libreria.calatrava@fliedner.org 
                Web
    Idiomas, Religión y valores</t>
   </si>
   <si>
     <t>Especializada 
       Camelot
             Dirección
-            C. de Ginzo de Limia, 26, 28029 Madrid, España 
+            C. de Fuendetodos, 6, 28944 Fuenlabrada, Madrid, España 
             28944
             Fuenlabrada 
             Contacto
                Tlf: 916151507 
-               Email: web@camelibrosinfantiles.es 
+               Email: camelibrosinfantiles@gmail.com 
                Web
    Idiomas, Infantil y juvenil</t>
   </si>
   <si>
     <t>Especializada 
       Canales
             Dirección
             C. Claudio Moyano, 4, 28014 Madrid, España 
             28014
             Madrid 
             Contacto
                Tlf: 913694202 
                Email: irene_pk2@hotmail.com 
                Web
    Arte, Cine, Fotografía</t>
   </si>
   <si>
     <t>Especializada 
       Carmen
             Dirección
             C. Reina Victoria, 30, 28982 Parla, Madrid, España 
             28982
             Parla 
             Contacto
                Tlf: 91 1765134 
@@ -3401,55 +3401,55 @@
             C. del Aviador Zorita, 48, 28020 Madrid, España 
             28020
             Madrid 
             Contacto
                Tlf: 91 449 09 61 
                Email: bookshop@ivorypress.com 
                Web
    Arte, Fotografía</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       J. Cintas
             Dirección
             Calle de Bretón de los Herreros, 20, 28003 Madrid, España 
             28003
             Madrid 
             Contacto
                Tlf: 914426196 
                Email: libros@jcintas.com 
                Web</t>
   </si>
   <si>
     <t>Especializada 
       Jarcha
             Dirección
-            C. del Lago Erie, 6, 28032 Madrid, España 
+            C. del Lago Erie, 8, Vicálvaro, 28032 Madrid, España 
             28032
             Madrid 
             Contacto
-               Tlf: 917762412 
+               Tlf: 91 776 24 12 
                Email: libreriajarcha@libreriajarcha.es 
                Web
    Infantil y juvenil</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Javier Fernández
             Dirección
             C. Claudio Moyano, 29, 28014 Madrid, España 
             28014
             Madrid 
             Contacto
                Tlf: 913693352 
                Email: consultas@libreriajavierfernandez.com 
                Web</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Jerez
             Dirección
             C. de la Madera, 20, 28522 Rivas-Vaciamadrid, Madrid, España 
             28529
             Rivas-Vaciamadrid 
             Contacto
                Tlf: 916661536 
@@ -6554,58 +6554,58 @@
             Dirección
             Calle del Conde de Romanones, 1, Centro, 28012 Madrid, España 
             28009
             Madrid 
             Contacto
                Tlf: 91 911 02 73 
                Email:  
                Web</t>
   </si>
   <si>
     <t>General 
       Reno
             Dirección
             Calle de la Galería de Robles, 16, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 914457557 
                Email: libreriareno@libreriareno.com 
                Web</t>
   </si>
   <si>
     <t>Especializada 
       Rerum Natura
             Dirección
-            Calle de Goya, 54, 28001 Madrid, España 
+            Av. de Brasilia, 3, Salamanca, 28028 Madrid, España 
             28001
             Madrid 
             Contacto
                Tlf: 915784433 
                Email: rerum@rerumnatura.es 
                Web
-   Medicina</t>
+   Esoterismo, Medicina natural, Libros de autoayuda</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Rincón de Lectura
             Dirección
             Pl. del Dos de Mayo, 5, Centro, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 915223893/637710112 
                Email: consultas@rincondelectura.com</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Riudavets
             Dirección
             C. Claudio Moyano, 4, 28014 Madrid, España 
             28014
             Madrid 
             Contacto
                Tlf: 914200063 
                Email:</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
@@ -7139,51 +7139,51 @@
             Dirección
             C. de la Sombrerería, 6, Centro, 28012 Madrid, España 
             28012
             Madrid 
             Contacto
                Tlf: 653 62 64 12 - 91 235 06 36 
                Email: lucesylibros@outlook.es 
                Web</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Trasatlántico Libros
             Dirección
             C. Claudio Moyano, Retiro, 28014 Madrid, España 
             28003
             Madrid 
             Contacto
                Tlf: 671264304 
                Email:  
                Web</t>
   </si>
   <si>
     <t>General 
       Tres Rosas Amarillas
             Dirección
-            C. del Espíritu Santo, 12, 28004 Madrid, España 
+            C. del Espíritu Santo, 12, Centro, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 910188041 
                Email: info@tresrosasamarillas.com 
                Web</t>
   </si>
   <si>
     <t>Especializada 
       Tribuna
             Dirección
             Calle de José Arcones Gil Núm. 112 al 118, 1879, 28017 Madrid, España 
             28017
             Madrid 
             Contacto
                Tlf: 915944441 
                Email: info@tribunalibros.com 
                Web</t>
   </si>
   <si>
     <t>General 
       Troa Librerías - CUN (Clínica Universidad Navara)
             Dirección
             C. del Marquesado de Sta. Marta, 1, 28022 Madrid, España 
             28022