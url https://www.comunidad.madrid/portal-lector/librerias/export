--- v1 (2026-01-13)
+++ v2 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Librerias" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="613">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="615">
   <si>
     <t>nothing</t>
   </si>
   <si>
     <t>Especializada 
       A Different Life Librería
             Dirección
             C. de Pelayo, 35, Centro, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 915329652 
                Email: lifegay@lifegay.com 
                Web
    Homosexualidad</t>
   </si>
   <si>
     <t>Especializada 
       A Punto Librería
             Dirección
             C. de la Farmacia, 6, Centro, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 917021041 
@@ -947,51 +947,51 @@
                Web
    Idiomas, Infantil y juvenil</t>
   </si>
   <si>
     <t>Especializada 
       Canales
             Dirección
             C. Claudio Moyano, 4, 28014 Madrid, España 
             28014
             Madrid 
             Contacto
                Tlf: 913694202 
                Email: irene_pk2@hotmail.com 
                Web
    Arte, Cine, Fotografía</t>
   </si>
   <si>
     <t>Especializada 
       Carmen
             Dirección
             C. Reina Victoria, 30, 28982 Parla, Madrid, España 
             28982
             Parla 
             Contacto
                Tlf: 91 1765134 
-               Email: pedidos@libreriacarmen.com 
+               Email: info@libreriacarmen.com 
                Web
    Infantil y juvenil, Pedagogía</t>
   </si>
   <si>
     <t>Especializada 
       Casa Cristiana Emanuel
             Dirección
             Pl. Mariana Pineda, 2, 28038 Madrid, España 
             28038
             Madrid 
             Contacto
                Tlf: 913315565 
                Email: web@casacristiana.com 
                Web
    Religión y valores</t>
   </si>
   <si>
     <t>General 
       Casa del Libro - Alcalá
             Dirección
             Felipe II, 28009 Madrid, España 
             28009
             Madrid 
             Contacto
                Tlf: 902026403 
@@ -2320,92 +2320,80 @@
             Contacto
                Tlf: 916832764 
                Email: ellibracho@gmail.com</t>
   </si>
   <si>
     <t>General 
       El Mirador
             Dirección
             C. del Molino de Viento, 8, 28770 Colmenar Viejo, Madrid, España 
             28770
             Colmenar Viejo 
             Contacto
                Tlf: 910010290 
                Email: julioelvira@libreriaelmirador.es 
                Web</t>
   </si>
   <si>
     <t>Especializada 
       El movimiento del caracol
             Dirección
             Av. de Madrid, 69, 28100 Alcobendas, Madrid, España 
             28100
             Alcobendas 
             Contacto
                Tlf: 910263245 
-               Email: elmovimientodelcaracol@gmail.com 
+               Email: hola@elmovimientodelcaracol.es 
                Web
    Infantil y juvenil, Juegos</t>
   </si>
   <si>
     <t>Especializada 
       El Reino de Bután
             Dirección
             C. de Francisco Ayala, 1, 28702 San Sebastián de los Reyes, Madrid, España 
             28702
             San Sebastián De Los Reyes 
             Contacto
                Tlf: 912686786 
                Email: cuentanos@elreinodebutan.es 
                Web
    Infantil y juvenil</t>
   </si>
   <si>
     <t>General 
       El Retiro de las Letras.
             Dirección
             C. de la Anunciación, 2, Retiro, 28009 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 919 489 008 
                Email: info@elretirodelasletras.com 
                Web</t>
   </si>
   <si>
-    <t>General - Librería - Papelería 
-[...10 lines deleted...]
-  <si>
     <t>General 
       El Rincón de la Lectura
             Dirección
             Av. de Covibar, 8, Local 21, 28523 Rivas-Vaciamadrid, Madrid, España 
             28523
             Rivas-Vaciamadrid 
             Contacto
                Tlf: 914995893 
                Email: informacion@elrincondelalectura.es 
                Web</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       El Semáforo
             Dirección
             C. Valdeamor, 2D, 28110 Algete, Madrid, España 
             28110
             Algete 
             Contacto
                Tlf: 911647708 
                Email: santiago.santi@gmail.com</t>
   </si>
   <si>
     <t>General 
       El Trotajueves
@@ -2484,56 +2472,56 @@
     <t>General - Librería - Papelería 
       Emyte 1
             Dirección
             Plaza Tejar, 4, 28701 San Sebastián de los Reyes, Madrid, España 
             28701
             San Sebastián De Los Reyes 
             Contacto
                Tlf: 916535099 
                Email: libreriaemyte@gmail.com</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Emyte 2
             Dirección
             Av. de Colmenar Viejo, 10, 28701 San Sebastián de los Reyes, Madrid, España 
             28700
             San Sebastián De Los Reyes 
             Contacto
                Tlf: 916517211 
                Email: libreriaemyte@gmail.com</t>
   </si>
   <si>
     <t>Especializada 
       Enclave de Libros
             Dirección
-            C. de los Relatores, 16, 28012 Madrid, España 
+            C. de los Relatores, 16, Centro, 28012 Madrid, España 
             28012
             Madrid 
             Contacto
                Tlf: 913694649 
-               Email: enclavedelibros@hotmail.com 
+               Email: info@enclavedelibros.com 
                Web
    Ciencias Sociales, Literatura</t>
   </si>
   <si>
     <t>Especializada 
       Escolar y Mayo - Librería de Geografía e Historia
             Dirección
             Av. Puerta de Hierro, 12, 28040 Madrid, España 
             28040
             Madrid 
             Contacto
                Tlf: 915492683 
                Email: fernando.farias@escolarymayo.com 
                Web
    Historia, Geografía</t>
   </si>
   <si>
     <t>Especializada 
       Escolar y Mayo - Librerías de Filología y Filosofía
             Dirección
             Facultad de Filología, Ciudad Universitaria, Pl. Menéndez Pelayo, s/n, 28040 Madrid, España 
             28040
             Madrid 
             Contacto
                Tlf: 915435353 
@@ -3041,56 +3029,58 @@
       González
             Dirección
             C. Pintor Ribera, 7, 28933 Móstoles, Madrid, España 
             28930
             Móstoles 
             Contacto
                Tlf: 916187740 
                Email: gonzalezpapeleria@gmail.com</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Gonzalo Fernández Pontes. Libros y mapas antiguos
             Dirección
             Calle de Núñez de Balboa, 19, LOCAL 1, 28001 Madrid, España 
             28001
             Madrid 
             Contacto
                Tlf: 914358000 
                Email: info@pontesmaps.com 
                Web</t>
   </si>
   <si>
     <t>General 
       Graduad2
             Dirección
-            C. del Planeta Saturno, 11, portal 5 - 6ºA Local, 28983 Parla, Madrid, España 
+            Av. de las Estrellas, 49, local 1, 28983 Parla, Madrid, España 
             28983
             Parla 
             Contacto
-               Tlf: 914240190 
-               Email: libreriagradua2@gmail.com</t>
+               Tlf: 627941000 
+               Email: libreriagradua2@gmail.com 
+               Web
+   Comics, Juegos</t>
   </si>
   <si>
     <t>Especializada 
       Grant Librería
             Dirección
             C. de Miguel Servet, 21, Centro, 28012 Madrid, España 
             28012
             Madrid 
             Contacto
                Tlf: 91 449 61 28 
                Email: hola@grantlibreria.com 
                Web
    Comics, Arte, Fotografía, Libros ilustrados</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Guillermo Blázquez
             Dirección
             Cra de S. Jerónimo, 44, 1º B, 28014 Madrid, España 
             28014
             Madrid 
             Contacto
                Tlf: 914293638 
                Email: info@libreriablazquez.com 
                Web</t>
@@ -3474,58 +3464,58 @@
             Dirección
             Calle de Viriato, 57, 28010 Madrid, España 
             28010
             Madrid 
             Contacto
                Tlf: 915471215 
                Email: libreria@jimenezbravo.com 
                Web</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       José Porrúa Turanzas
             Dirección
             Calle del Marqués de la Ensenada, 16, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 917021493 
                Email: info@porrualibros.com 
                Web</t>
   </si>
   <si>
     <t>Especializada 
       Juan Rulfo
             Dirección
-            C. de Fernando el Católico, 86, 28015 Madrid, España 
+            C. de Fernando el Católico, 86, Chamberí, 28015 Madrid, España 
             28015
             Madrid 
             Contacto
                Tlf: 915432904 
-               Email:  
-[...1 lines deleted...]
-   América Latina</t>
+               Email: libreria.juanrulfo@fondodeculturaeconomica.es 
+               Web
+   América Latina, Infantil y juvenil, Literatura</t>
   </si>
   <si>
     <t>Especializada 
       KosmoKids
             Dirección
             C. del Monasterio de Las Huelgas, 26, 28034 Madrid, España 
             28049
             Madrid 
             Contacto
                Tlf: 911738859 / 644757054 
                Email: contacto@kosmokids.es 
                Web
    Idiomas, Infantil y juvenil</t>
   </si>
   <si>
     <t>Especializada 
       La Biblioteca
             Dirección
             C. de Blasco de Garay, 100, 28003 Madrid, España 
             28003
             Madrid 
             Contacto
                Tlf: 915342619 
                Email:  
    Idiomas, Filología</t>
@@ -4527,81 +4517,93 @@
             28004
             Madrid 
             Contacto
                Tlf: 911 13 56 16 
                Email: hola@libreriaderivas.com 
                Web
    Literatura</t>
   </si>
   <si>
     <t>Especializada 
       Librería Didacticalia
             Dirección
             C. de Illescas, 83, 28024 Madrid, España 
             28024
             Madrid 
             Contacto
                Tlf: 915185892 
                Email: info@didacticalia.com 
                Web
    Infantil y juvenil</t>
   </si>
   <si>
     <t>Especializada 
       Librería Francesa el Bosque
             Dirección
-            C. de Añastro, 15, 28033 Madrid, España 
+            C. de Añastro, 15, Hortaleza, 28033 Madrid, España 
             28033
             Madrid 
             Contacto
-               Tlf: 913831139/1439 
+               Tlf: 913831139/  913831439 
                Email: elbosque@libreriafrancesaelbosque.com 
                Web
    Idiomas, Literatura</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Librería Francisco Gómis
             Dirección
             C. de Claudio Moyano, Retiro, 28014 Madrid, España 
             28003
             Madrid 
             Contacto
                Tlf: 650633816 
                Email: fgomispg@gmail.com 
                Web</t>
   </si>
   <si>
     <t>General 
       Librería General
             Dirección
             Calle del Gral. Ricardos, 27, 28019 Madrid, España 
             28019
             Madrid 
             Contacto
                Tlf: 914725222 
                Email: ligeri27@gmail.com</t>
+  </si>
+  <si>
+    <t>General - Librería - Papelería 
+      Librería Guillén
+            Dirección
+            C. Ronda de Watres, 30, 32, 28500 Arganda del Rey, Madrid, España 
+            28500
+            Arganda Del Rey 
+            Contacto
+               Tlf: 918710698 / 636 19 71 50 
+               Email: contacto@libreriaguillen.es 
+               Web</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Librería H. Mora
             Dirección
             C. Claudio Moyano, 2, 28014 Madrid, España 
             28014
             Madrid 
             Contacto
                Tlf: 914201063-654949127 
                Email: juanlibrero@hotmail.com 
                Web</t>
   </si>
   <si>
     <t>Especializada 
       Librería Iberoamericana
             Dirección
             C. de las Huertas, 40, 28014 Madrid, España 
             28014
             Madrid 
             Contacto
                Tlf: 913601229 
                Email: libreria@iberoamericanalibros.com 
                Web
    América Latina</t>
@@ -4681,50 +4683,62 @@
     <t>Anticuaria y ocasión 
       Librería La Casa de la Troya
             Dirección
             C. de los Libreros, 6, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 915219410 
                Email: libroslatroya@gmail.com 
                Web</t>
   </si>
   <si>
     <t>General 
       Librería La Mistral 
             Dirección
             Tr.ª del Arenal, 2, Centro, 28013 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 914441961 
                Email: info@librerialamistral.es 
                Web</t>
   </si>
   <si>
     <t>General 
+      Librería Lasai
+            Dirección
+            Calle de la Magdalena, 11, Centro, 28012 Madrid, España 
+            28037
+            Madrid 
+            Contacto
+               Tlf:  683 32 50 51 
+               Email:  
+   Literatura</t>
+  </si>
+  <si>
+    <t>General 
       Librería Lé
             Dirección
             Av. de Alberto de Alcocer, 8, Chamartín, 28036 Madrid, España 
             28046
             Madrid 
             Contacto
                Tlf: 913440967 
                Email: libreriaLe@libreriaLe.es 
                Web</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Librería Llera-Pacios
             Dirección
             C. Miralmonte, 4, 28200 San Lorenzo de El Escorial, Madrid, España 
             28200
             San Lorenzo de El Escorial 
             Contacto
                Tlf: 627385580 
                Email: contacto@libreriallerapacios.com 
                Web</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Librería Mayor
@@ -4835,62 +4849,50 @@
       Libreria Nicolás Moya
             Dirección
             C. de Carretas, 29, 28012 Madrid, España 
             28012
             Madrid 
             Contacto
                Tlf: 915225294 
                Email:  
                Web
    Medicina, Náutica, Farmacia, Veterínaria, Ciencias naturales</t>
   </si>
   <si>
     <t>Especializada 
       Librería Oriental
             Dirección
             C. de Mira el Sol, 14, 28005 Madrid, España 
             28005
             Madrid 
             Contacto
                Tlf: 915286726 
                Email: info@libreriaoriental.com 
                Web</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
-      Librería Papelería Guillén
-[...10 lines deleted...]
-    <t>General - Librería - Papelería 
       Librería Papelería La Carroza
             Dirección
             C. Hilados, 24, 28850 Torrejón de Ardoz, Madrid, España 
             28850
             Torrejón de Ardoz 
             Contacto
                Tlf: 911533538 
                Email: libreria.lacarroza@ono.com</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Librería Papelería La Estrella
             Dirección
             Av. de los Ángeles, 12, Local 2, 28903 Getafe, Madrid, España 
             28903
             Getafe 
             Contacto
                Tlf: 916817688 
                Email: librerialaestrella@gmail.com</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Librería Papelería Parque Rozas
             Dirección
             PR Parque Rozas, Av. del Dr. Toledo, 34, 28231 Las Rozas de Madrid, Madrid, España 
@@ -5023,50 +5025,74 @@
       Librería Verde (Librería On Line)
             Dirección
             C. de Ibáñez Marín, 11, 28019 Madrid, España 
             28019
             Madrid 
             Contacto
                Tlf: 915480954 
                Email: info@libreriaverde.com 
                Web
    Religión y valores, Esoterismo, Filosofía, Medicina natural</t>
   </si>
   <si>
     <t>Especializada 
       Librerías Aula Médica
             Dirección
             Calle de Isabel Colbrand, 10, 28050 Madrid, España 
             28050
             Madrid 
             Contacto
                Tlf: 917360633 
                Email: pedidos@libreriasaulamedica.es 
                Web
    Ciencias naturales, Científico-Técnica, Medicina</t>
   </si>
   <si>
+    <t>General - Librería - Papelería 
+      Libro Ideas - Plenilunio
+            Dirección
+            C. de Aracne, s/n, San Blas-Canillejas, 28022 Madrid, España 
+            28850
+            Torrejón de Ardoz 
+            Contacto
+               Tlf: 91 931 92 42 
+               Email: plenilunio@libroideas.com 
+               Web</t>
+  </si>
+  <si>
+    <t>General - Librería - Papelería 
+      Libro Ideas - Príncipe Pío
+            Dirección
+            P.º de la Florida, 2, S/N, Moncloa - Aravaca, 28008 Madrid, España 
+            28850
+            Torrejón de Ardoz 
+            Contacto
+               Tlf: 91 931 77 69 
+               Email: principe@libroideas.com 
+               Web</t>
+  </si>
+  <si>
     <t>Especializada 
       Libro Motor
             Dirección
             C. de Edgar Neville, 8, 28020 Madrid, España 
             28020
             Madrid 
             Contacto
                Tlf: 915548195 
                Email: libromot@infonegocio.com 
                Web
    Motor</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Libro y Pluma
             Dirección
             C. de Fermín Caballero, 90B, 28035 Madrid, España 
             28035
             Madrid 
             Contacto
                Tlf: 917384173 
                Email: libroypluma@gmail.com</t>
   </si>
   <si>
     <t>General 
@@ -5446,83 +5472,71 @@
       Marbán Libros 1
             Dirección
             C. Sierra de Guadarrama, 4, 28691 Villanueva de la Cañada, Madrid, España 
             28691
             Villanueva De La Cañada 
             Contacto
                Tlf: 918155816 
                Email: villanueva@marbanlibros.com 
                Web
    Medicina</t>
   </si>
   <si>
     <t>Especializada 
       Marbán Libros 2
             Dirección
             C. de Joaquín María López, 72, 28015 Madrid, España 
             28015
             Madrid 
             Contacto
                Tlf: 915435555 
                Email:  
                Web
    Medicina</t>
   </si>
   <si>
-    <t>Anticuaria y ocasión 
-[...10 lines deleted...]
-  <si>
     <t>Especializada 
       Marcial Pons-Derecho, Economía y Empresa
             Dirección
-            P.º de Recoletos, 27, 6ª planta, 28004 Madrid, España 
+            C/ de Bárbara de Braganza, 11, Centro, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
-               Tlf: 913085649 
+               Tlf: 91 319 42 50 / 91 308 56 49 
                Email: derecho@marcialpons.es 
                Web
    Economía y empresa, Derecho</t>
   </si>
   <si>
     <t>Especializada 
       Marcial Pons-Humanidades y Ciencias Sociales
             Dirección
-            Pl. del Conde del Valle de Súchil, 8, 28015 Madrid, España 
+            Pl. del Conde del Valle de Súchil, 8, Chamberí, 28015 Madrid, España 
             28015
             Madrid 
             Contacto
-               Tlf: 914484797 
+               Tlf: 91 448 47 97 
                Email: humanidades@marcialpons.es 
                Web
    Ciencias Sociales</t>
   </si>
   <si>
     <t>Especializada 
       Marepe
             Dirección
             Av. del Dr. Federico Rubio y Galí, 77, 28040 Madrid, España 
             28040
             Madrid 
             Contacto
                Tlf: 914591015 
                Email: libreriamarepe@hotmail.com 
    Infantil y juvenil, Pedagogía</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Margarita de Dios Librería Anticuaria
             Dirección
             C. del Conde de Aranda, 9, 28001 Madrid, España 
             28001
             Madrid 
             Contacto
                Tlf: 915756214 
@@ -6135,50 +6149,62 @@
       Palabras &amp; Cosas
             Dirección
             Calle del Monte Esquinza, 42, 28010 Madrid, España 
             28010
             Madrid 
             Contacto
                Tlf: 917024775 
                Email: palabrasycosas@yahoo.es 
                Web</t>
   </si>
   <si>
     <t>Especializada 
       Panta Rhei
             Dirección
             C. de Hernán Cortés, 7, Centro, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 913198902 
                Email: pedidos@panta-rhei.es 
                Web
    Comics, Libros de diseño, Arte, Fotografía, Literatura</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
+      Papelería Los Pinos
+            Dirección
+            C. de Argüeso, 23, Carabanchel, 28025 Madrid, España 
+            28822
+            Coslada 
+            Contacto
+               Tlf: 622938034 
+               Email: papelerialospinos38@gmail.com 
+               Web</t>
+  </si>
+  <si>
+    <t>General - Librería - Papelería 
       Papeles 1
             Dirección
             C. del Marqués de Hinojares, 11, 28840 Mejorada del Campo, Madrid, España 
             28840
             Mejorada Del Campo 
             Contacto
                Tlf: 916680214 
                Email: papeles.j@gmail.com</t>
   </si>
   <si>
     <t>Especializada 
       Paperground Bookshop
             Dirección
             C. de Medellín, 3, Chamberí, 28010 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf:  
                Email:  
                Web
    Revistas</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Papiro
@@ -6274,51 +6300,51 @@
             Contacto
                Tlf: 915312640 
                Email: libreria@perezgaldos.com 
                Web</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Pérgamo
             Dirección
             C. del Gral. Oráa, 27, 28006 Madrid, España 
             28006
             Madrid 
             Contacto
                Tlf: 915616781 
                Email: libreriapergamo@terra.es</t>
   </si>
   <si>
     <t>Especializada 
       Peripecias
             Dirección
             C. de la del Manojo de Rosas, 44, Villaverde, 28041 Madrid, España 
             28041
             Madrid 
             Contacto
                Tlf: 911267872 
-               Email:  
+               Email: peripecias@libreriaperipecias.es 
                Web
    Infantil y juvenil</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Pernatel
             Dirección
             C. Real, 68, 28703 San Sebastián de los Reyes, Madrid, España 
             28703
             San Sebastián De Los Reyes 
             Contacto
                Tlf: 916519655 
                Email: libreria@pernatel.es</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Picos
             Dirección
             C. Concejo, 6, 28260 Galapagar, Madrid, España 
             28260
             Galapagar 
             Contacto
                Tlf: 918580088 
                Email: libreriapicos@libreriapicos.e.telefonica.net</t>
   </si>
@@ -6972,51 +6998,51 @@
                Tlf: 915438232 
                Email: info@teranlibros.com</t>
   </si>
   <si>
     <t>Especializada 
       Testimonio de autores católicos escogidos
             Dirección
             C. del Marqués Viudo de Pontejos, 2, 28012 Madrid, España 
             28012
             Madrid 
             Contacto
                Tlf: 915217033 
                Email: pedidos@testimonio.net 
                Web
    Religión y valores</t>
   </si>
   <si>
     <t>Especializada 
       The Cómic Co.
             Dirección
             Calle del Divino Pastor, 17, Centro, 28004 Madrid, España 
             28015
             Madrid 
             Contacto
                Tlf: 914457915 
-               Email:  
+               Email: info@thecomicco.com 
                Web
    Comics</t>
   </si>
   <si>
     <t>Especializada 
       Tierra de Fuego
             Dirección
             Tr.ª del Conde Duque, 2, 28015 Madrid, España 
             28015
             Madrid 
             Contacto
                Tlf: 915215240 
                Email: infotierradefuego@gmail.com 
                Web
    Deportes, Viajes, Turismo</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Tik Books (Ezequiel Solana)
             Dirección
             C. de Ezequiel Solana, 3, Cdad. Lineal, 28017 Madrid, España 
             28003
             Madrid 
             Contacto
                Tlf: 91 017 61 87 
@@ -7079,56 +7105,56 @@
             28004
             Madrid 
             Contacto
                Tlf: 915228939 
                Email: librosyvinos@tiposinfames.com 
                Web
    Literatura</t>
   </si>
   <si>
     <t>Especializada 
       Todo Clero
             Dirección
             Pl. Palacio, 1 bis, 28802 Alcalá de Henares, Madrid, España 
             28801
             Alcalá De Henares 
             Contacto
                Tlf: 918826231 
                Email: todoclero@infonegocio.com 
                Web
    Religión y valores</t>
   </si>
   <si>
     <t>Especializada 
       Tomos y Grapas
             Dirección
-            C. Alcalá, 211, local 13, Salamanca, 28028 Madrid, España 
+            Pl. Bami, 34, Cdad. Lineal, 28017 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 915 275 788 
-               Email: admin@tomosygrapas.com 
+               Email: tienda@tomosygrapas.com 
                Web
    Comics, Libros ilustrados</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Toyfran
             Dirección
             Av. de Roma, 45, 28822 Coslada, Madrid, España 
             28822
             Coslada 
             Contacto
                Tlf: 916723744 
                Email: toyfran@hotmail.com</t>
   </si>
   <si>
     <t>Especializada 
       Traficantes de Sueños
             Dirección
             C. del Duque de Alba, 8, 28012 Madrid, España 
             28012
             Madrid 
             Contacto
                Tlf: 915320928 
                Email: libreria@traficantes.net 
                Web</t>
@@ -7758,51 +7784,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:A613"/>
+  <dimension ref="A1:A615"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="244" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:1">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:1">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
@@ -10832,50 +10858,60 @@
       </c>
     </row>
     <row r="609" spans="1:1">
       <c r="A609" t="s">
         <v>608</v>
       </c>
     </row>
     <row r="610" spans="1:1">
       <c r="A610" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="611" spans="1:1">
       <c r="A611" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="612" spans="1:1">
       <c r="A612" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="613" spans="1:1">
       <c r="A613" t="s">
         <v>612</v>
+      </c>
+    </row>
+    <row r="614" spans="1:1">
+      <c r="A614" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="615" spans="1:1">
+      <c r="A615" t="s">
+        <v>614</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">