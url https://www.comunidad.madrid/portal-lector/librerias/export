--- v2 (2026-02-24)
+++ v3 (2026-03-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Librerias" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="615">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="621">
   <si>
     <t>nothing</t>
   </si>
   <si>
     <t>Especializada 
       A Different Life Librería
             Dirección
             C. de Pelayo, 35, Centro, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 915329652 
                Email: lifegay@lifegay.com 
                Web
    Homosexualidad</t>
   </si>
   <si>
     <t>Especializada 
       A Punto Librería
             Dirección
             C. de la Farmacia, 6, Centro, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 917021041 
@@ -1806,58 +1806,58 @@
       Donde Maria Libreria Papelería
             Dirección
             C. de Latina, 39, Latina, 28047 Madrid, España 
             28033
             Madrid 
             Contacto
                Tlf: 637828148 
                Email: dondeMariaLibreria@gmail.com 
                Web</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Duero
             Dirección
             C. Zamora, 1A, 28982 Parla, Madrid, España 
             28982
             Parla 
             Contacto
                Tlf: 916986443-916057432 
                Email: administracion@duerovillcor.es</t>
   </si>
   <si>
     <t>Especializada 
       Dykinson
             Dirección
-            C. de Meléndez Valdés, 61, 28015 Madrid, España 
+            C. de Meléndez Valdés, 61, Chamberí, 28015 Madrid, España 
             28015
             Madrid 
             Contacto
-               Tlf: 915442846 
+               Tlf: 91 544 28 69 
                Email: info@dykinson.com 
                Web
-   Deportes, Economía y empresa</t>
+   Derecho, Economía y empresa, Libros de texto, Ciencias Sociales</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       E y P Libros Antiguos
             Dirección
             C. de Alonso Heredia, 21, Salamanca, 28028 Madrid, España 
             28003
             Madrid 
             Contacto
                Tlf: 91 726 61 52 
                Email: eyp@eyplibros.es 
                Web</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       E y P Libros Antiguos
             Dirección
             C. de Alonso Heredia, 21, 28028 Madrid, España 
             28028
             Madrid 
             Contacto
                Tlf: 917266152 
                Email: eyp@eyplibros.es 
                Web</t>
   </si>
@@ -2209,56 +2209,56 @@
             28012
             Madrid 
             Contacto
                Tlf: 910826270 
                Email: info@eldinosaurio.es 
                Web
    Literatura</t>
   </si>
   <si>
     <t>Especializada 
       El Dragón Lector
             Dirección
             Pl. de las Salesas, 9, Centro, 28004 Madrid, España 
             28010
             Madrid 
             Contacto
                Tlf: 610436692 
                Email: salesas@eldragonlector.com 
                Web
    Infantil y juvenil</t>
   </si>
   <si>
     <t>Especializada 
       El Dragón Lector
             Dirección
-            Calle de Fernández de la Hoz, 72, 28003 Madrid, España 
+            Calle de Fernández de la Hoz, 72, Chamberí, 28003 Madrid, España 
             28010
             Madrid 
             Contacto
                Tlf: 913991940 
-               Email: clubleo@eldragonlector.com 
+               Email: fernandezdelahoz@eldragonlector.com 
                Web
    Infantil y juvenil</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       El Filobiblión
             Dirección
             C. de la Cruz Verde, 14, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 915217105 
                Email: elfilobiblion@gmx.es 
                Web</t>
   </si>
   <si>
     <t>General 
       El Galeón
             Dirección
             C. de Sagasta, 7, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 914455738 
                Email: pedidosgaleon@gmail.com</t>
@@ -2508,50 +2508,62 @@
       Escolar y Mayo - Librería de Geografía e Historia
             Dirección
             Av. Puerta de Hierro, 12, 28040 Madrid, España 
             28040
             Madrid 
             Contacto
                Tlf: 915492683 
                Email: fernando.farias@escolarymayo.com 
                Web
    Historia, Geografía</t>
   </si>
   <si>
     <t>Especializada 
       Escolar y Mayo - Librerías de Filología y Filosofía
             Dirección
             Facultad de Filología, Ciudad Universitaria, Pl. Menéndez Pelayo, s/n, 28040 Madrid, España 
             28040
             Madrid 
             Contacto
                Tlf: 915435353 
                Email: alvaro.aizpurua@escolarymayo.com 
                Web
    Filología, Filosofía</t>
   </si>
   <si>
+    <t>General 
+      Espacio Dykinson
+            Dirección
+            C. de Gaztambide, 21, Chamberí, 28015 Madrid, España 
+            28015
+            Madrid 
+            Contacto
+               Tlf: +34 669 03 36 26 
+               Email: info@espaciodykinson.com 
+               Web</t>
+  </si>
+  <si>
     <t>Especializada 
       Espaxs Librería Médica Alcalá
             Dirección
             Universidad de Alcalá, Fac.Medicina - Dpto Biología de Sistemas Ctra. Madrid-Barcelona Km 33.600, 28871- Alcalá de Henares (Madrid Módulo 3, planta baja, 28805 Alcalá de Henares, Madrid, España 
             28805
             Alcalá De Henares 
             Contacto
                Tlf: 918854545 
                Email: libreria.medica@uah.es 
    Medicina, Científico-Técnica</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Estudio
             Dirección
             C. Valeras, 19, 28300 Aranjuez, Madrid, España 
             28300
             Aranjuez 
             Contacto
                Tlf: 918912847 
                Email:</t>
   </si>
   <si>
     <t>Especializada 
       Estudio en Escarlata 
@@ -2837,58 +2849,58 @@
             C. del Príncipe de Vergara, 2, 28001 Madrid, España 
             28009
             Madrid 
             Contacto
                Tlf: 914357876 
                Email: libreriagarciaprieto@gmail.com 
                Web</t>
   </si>
   <si>
     <t>Especializada 
       Gaudí
             Dirección
             C. de Argensola, 13, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 91 3081829 
                Email: gaudi@libreriagaudi.com 
                Web
    Militar, Arquitectura, Arte</t>
   </si>
   <si>
     <t>Especializada 
       Gaztambide
             Dirección
-            C. de Gaztambide, 6, 28015 Madrid, España 
+            C. de Gaztambide, 6, Chamberí, 28015 Madrid, España 
             28015
             Madrid 
             Contacto
-               Tlf: 915498821 
+               Tlf: 34 91 549 88 21 / 91 549 88 82 
                Email: libreria@libreriagaztambide.com 
                Web
-   Filología, Idiomas, Literatura</t>
+   Filología, Idiomas, Literatura, Libros de texto</t>
   </si>
   <si>
     <t>Especializada 
       Gea Libros
             Dirección
             C. de Andrés Mellado, 29, 28015 Madrid, España 
             28015
             Madrid 
             Contacto
                Tlf: 91 4681501 
                Email: info@gealibros.com 
                Web
    Esoterismo, Música, Medicina natural, Ecología</t>
   </si>
   <si>
     <t>Especializada 
       Generación X Alcorcón
             Dirección
             C. Los Pinos, 50, 28922 Alcorcón, Madrid, España 
             28922
             Alcorcón 
             Contacto
                Tlf: 916442446 
                Email: alcorcon@generacionx.es 
                Web
@@ -3003,50 +3015,62 @@
       Generación X Tirso
             Dirección
             Calle del Conde de Romanones, 3, Centro, 28012 Madrid, España 
             28024
             Madrid 
             Contacto
                Tlf: 911593339 
                Email: tirso@generacionx.es 
                Web
    Comics, Juegos</t>
   </si>
   <si>
     <t>Especializada 
       Genex Comics
             Dirección
             Calle de Santa Casilda, 3, Arganzuela, 28005 Madrid, España 
             28005
             Madrid 
             Contacto
                Tlf: 917045167 
                Email: contacto@genexcomics.com 
                Web
    Comics, Juegos</t>
   </si>
   <si>
+    <t>General 
+      Girasol
+            Dirección
+            Av. del Guadalix, 35, local 45, 28120 Santo Domingo, Madrid, España 
+            28300
+            Aranjuez 
+            Contacto
+               Tlf: 91 255 73 26 // 639221558 
+               Email:  
+               Web</t>
+  </si>
+  <si>
     <t>General - Librería - Papelería 
       González
             Dirección
             C. Pintor Ribera, 7, 28933 Móstoles, Madrid, España 
             28930
             Móstoles 
             Contacto
                Tlf: 916187740 
                Email: gonzalezpapeleria@gmail.com</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Gonzalo Fernández Pontes. Libros y mapas antiguos
             Dirección
             Calle de Núñez de Balboa, 19, LOCAL 1, 28001 Madrid, España 
             28001
             Madrid 
             Contacto
                Tlf: 914358000 
                Email: info@pontesmaps.com 
                Web</t>
   </si>
   <si>
     <t>General 
       Graduad2
@@ -3366,51 +3390,51 @@
             Corre. Baja de San Pablo, 10, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 91 523 21 26 
                Email: italiana_madrid@hotmail.com 
                Web
    Idiomas</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Itziar Arranz Libros
             Dirección
             C. Jacinto Benavente, 3, 28669 Boadilla del Monte, Madrid, España 
             28660
             Boadilla Del Monte 
             Contacto
                Tlf: 916325772 
                Email: info@itziararranzlibros.com 
                Web</t>
   </si>
   <si>
     <t>Especializada 
       Ivorypress
             Dirección
-            C. del Aviador Zorita, 48, 28020 Madrid, España 
+            C. de Orfila, 5, Chamberí, 28010 Madrid, España 
             28020
             Madrid 
             Contacto
                Tlf: 91 449 09 61 
                Email: bookshop@ivorypress.com 
                Web
    Arte, Fotografía</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       J. Cintas
             Dirección
             Calle de Bretón de los Herreros, 20, 28003 Madrid, España 
             28003
             Madrid 
             Contacto
                Tlf: 914426196 
                Email: libros@jcintas.com 
                Web</t>
   </si>
   <si>
     <t>Especializada 
       Jarcha
             Dirección
             C. del Lago Erie, 8, Vicálvaro, 28032 Madrid, España 
@@ -3703,58 +3727,59 @@
     <t>Anticuaria y ocasión 
       La Escalinata
             Dirección
             C. de Blasco Ibáñez, 2, 28600 Navalcarnero, Madrid, España 
             28600
             Navalcarnero 
             Contacto
                Tlf: 683566682 
                Email: libreria@escalinata.com 
                Web</t>
   </si>
   <si>
     <t>General 
       La Esquina del Zorro
             Dirección
             C. de Uceda, 1, 28053 Madrid, España 
             28053
             Madrid 
             Contacto
                Tlf: 918331457 
                Email: contacto@librerialaesquinadelzorro.com 
                Web</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
-      La Estrella 1
-[...1 lines deleted...]
-            C. Ruiz de Alda, 41, 28340 Valdemoro, Madrid, España 
+      La Estrella
+            Dirección
+            C. Ruiz de Alda, 2, 28342 Valdemoro, Madrid, España 
             28340
             Valdemoro 
             Contacto
-               Tlf: 918956704 
-               Email: laestrellavaldemoro@gmail.com</t>
+               Tlf:  646731098 
+               Email: pedidos@librerialaestrella.com 
+               Web</t>
   </si>
   <si>
     <t>Especializada 
       La Fabulosa
             Dirección
             C. del Barco, 40, Centro, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 621 06 71 22 
                Email: hola@lafabulosalibreria.es 
                Web
    Narrativa, Comics</t>
   </si>
   <si>
     <t>General 
       La Fugitiva
             Dirección
             C. de Sta. Isabel, 7, 28012 Madrid, España 
             28012
             Madrid 
             Contacto
                Tlf: 914682453 
                Email: info@lafugitiva.es 
                Web</t>
@@ -3932,50 +3957,63 @@
   <si>
     <t>Especializada 
       La Mar de Letras
             Dirección
             Calle de Santiago, 18, 28013 Madrid, España 
             28013
             Madrid 
             Contacto
                Tlf: 915417109 
                Email: contacto@lamardeletras.com 
                Web
    Infantil y juvenil</t>
   </si>
   <si>
     <t>General 
       La Merced
             Dirección
             C. de los Libreros, 5, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 915316878 
                Email:</t>
   </si>
   <si>
+    <t>Especializada 
+      La Osera de la Sierra
+            Dirección
+            C. de la Iglesia, 18, 28411 Moralzarzal, Madrid, España 
+            28903
+            Getafe 
+            Contacto
+               Tlf: (+34) 91 819 28 96 
+               Email: info@laoseradelasierra.com 
+               Web
+   Infantil y juvenil</t>
+  </si>
+  <si>
     <t>Anticuaria y ocasión 
       La Palma 40 Madrid
             Dirección
             C. de la Palma, 40, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 915237946/679183094 
                Email: lapalma40@telefonica.net 
                Web</t>
   </si>
   <si>
     <t>Especializada 
       La Ruta de la Seda
             Dirección
             C. de Toledo, 13, 28005 Madrid, España 
             28005
             Madrid 
             Contacto
                Tlf: 913655525 
                Email: rutadelaseda@hotmail.com 
                Web
    Música, Religión y valores</t>
   </si>
   <si>
@@ -4194,57 +4232,58 @@
             Dirección
             Av. de las Naciones, 35, 28320 Pinto, Madrid, España 
             28320
             Pinto 
             Contacto
                Tlf: 9108197778 / 640943647 
                Email:  
                Web
    Infantil y juvenil</t>
   </si>
   <si>
     <t>General 
       Letras
             Dirección
             C/ de Hortaleza, 2, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 915229935 
                Email: letras@librerialetras.es</t>
   </si>
   <si>
     <t>Especializada 
       Lex Nova
             Dirección
-            Calle del Marqués de la Ensenada, 6, 1D, 28004 Madrid, España 
+            Calle del Marqués de la Ensenada, 4, Centro, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 913195610 / 913101281 
                Email: admin@librerialexnova.com 
-               Web</t>
+               Web
+   Derecho</t>
   </si>
   <si>
     <t>General 
       Leyendo Editatenea
             Dirección
             C. de Fernando el Católico, 68, 28015 Madrid, España 
             28039
             Madrid 
             Contacto
                Tlf: 910804250 
                Email: libreriavirtual@leyendoeditatenea.es 
                Web</t>
   </si>
   <si>
     <t>Especializada 
       Liberespacio
             Dirección
             C. de Joaquín María López, 25, 3 B, 28015 Madrid, España 
             28015
             Madrid 
             Contacto
                Tlf: 915447843 
                Email: liberespacio@liberespacio.com 
                Web
    Infantil y juvenil</t>
@@ -4515,71 +4554,96 @@
             Dirección
             C. de Jacinto Verdaguer, 17, Carabanchel, 28019 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 911 13 56 16 
                Email: hola@libreriaderivas.com 
                Web
    Literatura</t>
   </si>
   <si>
     <t>Especializada 
       Librería Didacticalia
             Dirección
             C. de Illescas, 83, 28024 Madrid, España 
             28024
             Madrid 
             Contacto
                Tlf: 915185892 
                Email: info@didacticalia.com 
                Web
    Infantil y juvenil</t>
   </si>
   <si>
     <t>Especializada 
+      Librería Estrella Distante
+            Dirección
+            C. de Calatrava, 12, Centro, 28005 Madrid, España 
+            28903
+            Getafe 
+            Contacto
+               Tlf: 916967345 
+               Email: libreriapopular@telefonica.net 
+               Web
+   Literatura, América Latina</t>
+  </si>
+  <si>
+    <t>Especializada 
       Librería Francesa el Bosque
             Dirección
             C. de Añastro, 15, Hortaleza, 28033 Madrid, España 
             28033
             Madrid 
             Contacto
                Tlf: 913831139/  913831439 
                Email: elbosque@libreriafrancesaelbosque.com 
                Web
    Idiomas, Literatura</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Librería Francisco Gómis
             Dirección
             C. de Claudio Moyano, Retiro, 28014 Madrid, España 
             28003
             Madrid 
             Contacto
                Tlf: 650633816 
                Email: fgomispg@gmail.com 
+               Web</t>
+  </si>
+  <si>
+    <t>Anticuaria y ocasión 
+      Librería Gaztambide.com
+            Dirección
+            C. de Meléndez Valdés, 52, Chamberí, 28015 Madrid, España 
+            28015
+            Madrid 
+            Contacto
+               Tlf: 34 91 550 31 72 
+               Email: libreriaonline@libreriagaztambide.com 
                Web</t>
   </si>
   <si>
     <t>General 
       Librería General
             Dirección
             Calle del Gral. Ricardos, 27, 28019 Madrid, España 
             28019
             Madrid 
             Contacto
                Tlf: 914725222 
                Email: ligeri27@gmail.com</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Librería Guillén
             Dirección
             C. Ronda de Watres, 30, 32, 28500 Arganda del Rey, Madrid, España 
             28500
             Arganda Del Rey 
             Contacto
                Tlf: 918710698 / 636 19 71 50 
                Email: contacto@libreriaguillen.es 
                Web</t>
   </si>
@@ -4670,50 +4734,61 @@
   <si>
     <t>General - Librería - Papelería 
       Librería Jj
             Dirección
             Travesía Dr. Bastos, 4, 28220 Majadahonda, Madrid, España 
             28220
             Majadahonda 
             Contacto
                Tlf: 916342505 
                Email: jj@libreriajj.es 
                Web</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Librería La Casa de la Troya
             Dirección
             C. de los Libreros, 6, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 915219410 
                Email: libroslatroya@gmail.com 
                Web</t>
   </si>
   <si>
+    <t>LIBRERÍA LA FELGUERA
+            Dirección
+            C. Laín Calvo, 5, Latina, 28011 Madrid, España 
+            28903
+            Getafe 
+            Contacto
+               Tlf:  
+               Email:  
+               Web</t>
+  </si>
+  <si>
     <t>General 
       Librería La Mistral 
             Dirección
             Tr.ª del Arenal, 2, Centro, 28013 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 914441961 
                Email: info@librerialamistral.es 
                Web</t>
   </si>
   <si>
     <t>General 
       Librería Lasai
             Dirección
             Calle de la Magdalena, 11, Centro, 28012 Madrid, España 
             28037
             Madrid 
             Contacto
                Tlf:  683 32 50 51 
                Email:  
    Literatura</t>
   </si>
   <si>
     <t>General 
@@ -4775,179 +4850,161 @@
                Web</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Librería Mío CId
             Dirección
             C. de Guzmán el Bueno, 37, Chamberí, 28015 Madrid, España 
             28003
             Madrid 
             Contacto
                Tlf: 605630120 
                Email: libreriamiocid2@gmail.com</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Librería Mireya
             Dirección
             C. de Andrés Mellado, 68, Chamberí, 28015 Madrid, España 
             28003
             Madrid 
             Contacto
                Tlf: 91 2838282 / 655189226 
                Email: libreriamireya@hotmail.com</t>
   </si>
   <si>
+    <t>Especializada 
+      Librería Mujeres
+            Dirección
+            C. del Marqués Viudo de Pontejos, 4, Centro, 28012 Madrid, España 
+            28012
+            Madrid 
+            Contacto
+               Tlf: 915217043 
+               Email: libreriamujeres@unapalabraotra.org 
+               Web
+   Feminismo, Literatura</t>
+  </si>
+  <si>
     <t>Anticuaria y ocasión 
       Librería Multilibro
             Dirección
             C. de Fernando el Católico, 69, 28015 Madrid, España 
             28015
             Madrid 
             Contacto
                Tlf: 915449308 
                Email: multilibro1@gmail.com 
                Web</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Librería Muñoz
             Dirección
             C. Claudio Moyano, Retiro, 28014 Madrid, España 
             28003
             Madrid 
             Contacto
                Tlf: 630510669 
                Email:  
                Web</t>
   </si>
   <si>
+    <t>Especializada 
+      Librería Musical Perros de Lluvia
+            Dirección
+            C. de la Sombrerería, 1, Centro, 28012 Madrid, España 
+            28903
+            Getafe 
+            Contacto
+               Tlf: 609 77 57 37 
+               Email: libreriapopular@telefonica.net 
+               Web
+   Música</t>
+  </si>
+  <si>
     <t>General 
       Librería Nacional y Extranjera
             Dirección
             C. de Narváez, 7, 28009 Madrid, España 
             28009
             Madrid 
             Contacto
                Tlf: 914358206 
                Email:</t>
   </si>
   <si>
     <t>Especializada 
       Librería Naútica Robinson
             Dirección
             C. de Santo Tomé, 6, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 910242807 
                Email: robinson@nauticarobinson.com 
                Web
    Náutica</t>
   </si>
   <si>
     <t>Especializada 
       Libreria Nicolás Moya
             Dirección
             C. de Carretas, 29, 28012 Madrid, España 
             28012
             Madrid 
             Contacto
                Tlf: 915225294 
                Email:  
                Web
    Medicina, Náutica, Farmacia, Veterínaria, Ciencias naturales</t>
   </si>
   <si>
     <t>Especializada 
       Librería Oriental
             Dirección
             C. de Mira el Sol, 14, 28005 Madrid, España 
             28005
             Madrid 
             Contacto
                Tlf: 915286726 
                Email: info@libreriaoriental.com 
                Web</t>
-  </si>
-[...20 lines deleted...]
-               Email: librerialaestrella@gmail.com</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Librería Papelería Parque Rozas
             Dirección
             PR Parque Rozas, Av. del Dr. Toledo, 34, 28231 Las Rozas de Madrid, Madrid, España 
             28231
             Las Rozas de Madrid 
             Contacto
                Tlf: 916377148 
                Email:</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
-      Librería Papelería Popular
-[...20 lines deleted...]
-    <t>General - Librería - Papelería 
       Librería Papelería Roda
             Dirección
             C. del Foso, 33, 28300 Aranjuez, Madrid, España 
             28300
             Aranjuez 
             Contacto
                Tlf: 918914835 
                Email: rodafoso@msn.com</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Librería Papelería Ruth
             Dirección
             Av. España, 47, 28903 Getafe, Madrid, España 
             28903
             Getafe 
             Contacto
                Tlf: 916822354 
                Email: libreriarut@gmail.com 
                Web</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Librería Papelería Siglo XXI
             Dirección
@@ -5013,50 +5070,63 @@
             Dirección
             Plaza de Jacinto Benavente, 2, 3ºC, 28012 Madrid, España 
             28012
             Madrid 
             Contacto
                Tlf: 913690402 
                Email: benavente@sanpablo.es 
                Web
    Religión y valores</t>
   </si>
   <si>
     <t>Especializada 
       Librería Verde (Librería On Line)
             Dirección
             C. de Ibáñez Marín, 11, 28019 Madrid, España 
             28019
             Madrid 
             Contacto
                Tlf: 915480954 
                Email: info@libreriaverde.com 
                Web
    Religión y valores, Esoterismo, Filosofía, Medicina natural</t>
   </si>
   <si>
     <t>Especializada 
+      Librería Vualá
+            Dirección
+            C. de Sta. Feliciana, 17, Chamberí, 28010 Madrid, España 
+            28850
+            Torrejón de Ardoz 
+            Contacto
+               Tlf: +34 91 448 60 15 
+               Email: hola@libreriavuala.com 
+               Web
+   Infantil y juvenil</t>
+  </si>
+  <si>
+    <t>Especializada 
       Librerías Aula Médica
             Dirección
             Calle de Isabel Colbrand, 10, 28050 Madrid, España 
             28050
             Madrid 
             Contacto
                Tlf: 917360633 
                Email: pedidos@libreriasaulamedica.es 
                Web
    Ciencias naturales, Científico-Técnica, Medicina</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Libro Ideas - Plenilunio
             Dirección
             C. de Aracne, s/n, San Blas-Canillejas, 28022 Madrid, España 
             28850
             Torrejón de Ardoz 
             Contacto
                Tlf: 91 931 92 42 
                Email: plenilunio@libroideas.com 
                Web</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
@@ -5690,57 +5760,58 @@
       Méndez Librerías 2
             Dirección
             C. de Ibiza, 23, 28009 Madrid, España 
             28009
             Madrid 
             Contacto
                Tlf: 915736846 
                Email: info@libreriamendez.com 
                Web</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Merchus
             Dirección
             Calle Tramo de Unión, 16, 28702 San Sebastián de los Reyes, Madrid, España 
             28702
             San Sebastián De Los Reyes 
             Contacto
                Tlf: 916530927 
                Email: sanse@merchus.es</t>
   </si>
   <si>
     <t>Especializada 
       Meta Librería
             Dirección
-            C. de Joaquín María López, 29, 28015 Madrid, España 
+            C. de Joaquín María López, 29, Chamberí, 28015 Madrid, España 
             28015
             Madrid 
             Contacto
                Tlf: 915447826 
                Email: info@metalibreria.com 
-   Filosofía</t>
+               Web
+   Filosofía, Ensayo</t>
   </si>
   <si>
     <t>Especializada 
       Metropolis
             Dirección
             C. de la Luna, 11, Centro, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 915217680 
                Email: metropoliscomix@gmail.com 
    Comics, Arte, Deportes</t>
   </si>
   <si>
     <t>General 
       Mi libro
             Dirección
             C. del Vinateros, 108, 28030 Madrid, España 
             28038
             Madrid 
             Contacto
                Tlf: 911637623 
                Email: milibrolibreria@gmail.com 
                Web</t>
   </si>
@@ -5797,63 +5868,50 @@
   <si>
     <t>General - Librería - Papelería 
       Muga
             Dirección
             Av. Valdelasfuentes, 34, 28701 San Sebastián de los Reyes, Madrid, España 
             28701
             San Sebastián De Los Reyes 
             Contacto
                Tlf: 916545140 
                Email: libreriamuga@yahoo.es</t>
   </si>
   <si>
     <t>General 
       Muga
             Dirección
             Av. de Pablo Neruda, 89B, 28018 Madrid, España 
             28018
             Madrid 
             Contacto
                Tlf: 915079085 
                Email:  
                Web</t>
   </si>
   <si>
     <t>Especializada 
-      Mujeres
-[...11 lines deleted...]
-    <t>Especializada 
       Mujeres &amp; compañía La Librería
             Dirección
             C. de la Unión, 4, 28013 Madrid, España 
             28013
             Madrid 
             Contacto
                Tlf: 910145344 
                Email: info@mujeresycialibreria.net 
                Web
    Feminismo</t>
   </si>
   <si>
     <t>Especializada 
       Mundicomics
             Dirección
             C. Ramón y Cajal, 3, 28850 Torrejón de Ardoz, Madrid, España 
             28850
             Torrejón de Ardoz 
             Contacto
                Tlf: 653918910; 910400900 
                Email: info@mundicomics.com 
                Web
    Comics, Juegos</t>
   </si>
   <si>
@@ -6402,56 +6460,57 @@
       Pulgarcito
             Dirección
             C. del Ferrocarril, 21, 28045 Madrid, España 
             28045
             Madrid 
             Contacto
                Tlf: 915306789 
                Email: pulgarcitolibreria@hotmail.com</t>
   </si>
   <si>
     <t>Especializada 
       Punto de Encuentro
             Dirección
             C. de Jaime el Conquistador, 22, 28045 Madrid, España 
             28045
             Madrid 
             Contacto
                Tlf: 915173322 
                Email:  
    Filosofía, Psicología y sociología</t>
   </si>
   <si>
     <t>General 
       Punto y Coma
             Dirección
-            Pl. de Roma, 12, 28911 Leganés, Madrid, España 
+            C. Torrubia, 1, 28911 Leganés, Madrid, España 
             28911
             Leganés 
             Contacto
                Tlf: 916931276 
-               Email: puntoycoma@hotmail.com</t>
+               Email: info@libreriapuntoycoma.es 
+               Web</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Punto y Goma
             Dirección
             Av. Isabel de Farnesio, 19, 28660 Boadilla del Monte, Madrid, España 
             28660
             Boadilla Del Monte 
             Contacto
                Tlf: 916321946 
                Email: puntogoma@gmail.com</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Quesada
             Dirección
             C. Duque de Medinaceli, 3, 28200 San Lorenzo de El Escorial, Madrid, España 
             28200
             San Lorenzo de El Escorial 
             Contacto
                Tlf: 918904259 
                Email:  
                Web</t>
   </si>
   <si>
@@ -6568,51 +6627,51 @@
             Dirección
             Calle de O'Donnell, 28, Retiro, 28009 Madrid, España 
             28009
             Madrid 
             Contacto
                Tlf: 915134678 
                Email:  
                Web</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Re-Read (Madrid-Tirso de Molina)
             Dirección
             Calle del Conde de Romanones, 1, Centro, 28012 Madrid, España 
             28009
             Madrid 
             Contacto
                Tlf: 91 911 02 73 
                Email:  
                Web</t>
   </si>
   <si>
     <t>General 
       Reno
             Dirección
-            Calle de la Galería de Robles, 16, 28004 Madrid, España 
+            Calle de Monteleón, 14, Centro, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 914457557 
                Email: libreriareno@libreriareno.com 
                Web</t>
   </si>
   <si>
     <t>Especializada 
       Rerum Natura
             Dirección
             Av. de Brasilia, 3, Salamanca, 28028 Madrid, España 
             28001
             Madrid 
             Contacto
                Tlf: 915784433 
                Email: rerum@rerumnatura.es 
                Web
    Esoterismo, Medicina natural, Libros de autoayuda</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Rincón de Lectura
             Dirección
             Pl. del Dos de Mayo, 5, Centro, 28004 Madrid, España 
@@ -7368,84 +7427,106 @@
     <t>General 
       Venir a cuento
             Dirección
             C. de los Cabestreros, 15, 28012 Madrid, España 
             28012
             Madrid 
             Contacto
                Tlf: 91 173 91 43 
                Email:  
                Web</t>
   </si>
   <si>
     <t>General 
       Verbena libros
             Dirección
             C. de Tabernillas, 13, Centro, 28005 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 620 97 34 36 
                Email:  
                Web</t>
   </si>
   <si>
     <t>General 
+      Verbena Libros
+            Dirección
+            C. de Tabernillas, 13, Centro, 28005 Madrid, España 
+            28903
+            Getafe 
+            Contacto
+               Tlf: 620 97 34 36 
+               Email:</t>
+  </si>
+  <si>
+    <t>General 
       Vergüenza ajena
             Dirección
             C. de Fernández de los Ríos, 39, 28015 Madrid, España 
             28015
             Madrid 
             Contacto
                Tlf: 912977034 
                Email: info@verguenzaajena.es 
                Web</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Vid
             Dirección
             C. de Colón, 1, 28931 Móstoles, Madrid, España 
             28931
             Móstoles 
             Contacto
                Tlf: 916642667 
                Email: libreriavid@libreriavid.com 
                Web</t>
   </si>
   <si>
     <t>Especializada 
       Viñetas Cómic - Madrid Centro
             Dirección
             C. de la Luna, 18, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 915238121 
                Email: info@viñetascomic.com 
                Web
    Comics</t>
+  </si>
+  <si>
+    <t>General - Librería - Papelería 
+      Vino a por Letras - Café y libros
+            Dirección
+            P.º de María Lejárraga, 3, Cabina 1 y Cabina 2, 28905 Getafe, Madrid, España 
+            28903
+            Getafe 
+            Contacto
+               Tlf: 910569932 
+               Email: vinoaporletras@gmail.com</t>
   </si>
   <si>
     <t>Especializada 
       Visor Libros
             Dirección
             C. de Isaac Peral, 18, 28015 Madrid, España 
             28015
             Madrid 
             Contacto
                Tlf: 915492655 
                Email: visor-libros@visor-libros.com 
                Web</t>
   </si>
   <si>
     <t>General 
       VNet Librerías
             Dirección
             C. de Atocha, 94, 28012 Madrid, España 
             28012
             Madrid 
             Contacto
                Tlf: 913117696 
                Email:  
                Web</t>
   </si>
@@ -7784,51 +7865,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:A615"/>
+  <dimension ref="A1:A621"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="244" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:1">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:1">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
@@ -10868,50 +10949,80 @@
       </c>
     </row>
     <row r="611" spans="1:1">
       <c r="A611" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="612" spans="1:1">
       <c r="A612" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="613" spans="1:1">
       <c r="A613" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="614" spans="1:1">
       <c r="A614" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="615" spans="1:1">
       <c r="A615" t="s">
         <v>614</v>
+      </c>
+    </row>
+    <row r="616" spans="1:1">
+      <c r="A616" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="617" spans="1:1">
+      <c r="A617" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="618" spans="1:1">
+      <c r="A618" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="619" spans="1:1">
+      <c r="A619" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="620" spans="1:1">
+      <c r="A620" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="621" spans="1:1">
+      <c r="A621" t="s">
+        <v>620</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">