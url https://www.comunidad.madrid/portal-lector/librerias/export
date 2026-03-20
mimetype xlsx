--- v3 (2026-03-18)
+++ v4 (2026-03-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Librerias" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="621">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="618">
   <si>
     <t>nothing</t>
   </si>
   <si>
     <t>Especializada 
       A Different Life Librería
             Dirección
             C. de Pelayo, 35, Centro, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 915329652 
                Email: lifegay@lifegay.com 
                Web
    Homosexualidad</t>
   </si>
   <si>
     <t>Especializada 
       A Punto Librería
             Dirección
             C. de la Farmacia, 6, Centro, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 917021041 
@@ -368,79 +368,79 @@
       Arcadia Cómics
             Dirección
             C. Cartaya, 11, 28938 Móstoles, Madrid, España 
             28938
             Móstoles 
             Contacto
                Tlf: 916149853 
                Email: info@arcadiacomicsonline.com 
                Web
    Comics, Juegos</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Arco
             Dirección
             C. de Julián Berrendero, 3, 28750 San Agustín del Guadalix, Madrid, España 
             28750
             Contacto
                Tlf: 918435711 
                Email:</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Ariño
             Dirección
-            Crta. Collado Villalba Moralzarzal, Km 2, 28400 Collado Villalba, Madrid, España 
+            C. Batalla de Bailén, 3, 28400 Collado Villalba, Madrid, España 
             28400
             Collado Villalba 
             Contacto
                Tlf: 918507314 
-               Email: libreriaarino@gmail.com</t>
+               Email: libreriaarino@gmail.com 
+               Web</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Armántica
             Dirección
             C. de la Villa, 1, 28160 Talamanca de Jarama, Madrid, España 
             28160
             Talamanca De Jarama 
             Contacto
                Tlf: 918417084 
                Email:</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Arranca Thelma
             Dirección
-            C. de la Moreria, 4, 28005 Madrid, España 
+            Pl. de la Morería, 1, Centro, 28005 Madrid, España 
             28005
             Madrid 
             Contacto
                Tlf: 913663796 
-               Email: arrancatelma@gmail.com 
-               Web</t>
+               Email: arrancatelma@gmail.com</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Arrebato Libros
             Dirección
             C. de la Palma, 21, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 912821111 
                Email: arrebato@arrebatolibros.com 
                Web</t>
   </si>
   <si>
     <t>Especializada 
       Arte 9
             Dirección
             C/ de Francisco Silvela, 21, 28028 Madrid, España 
             28012
             Madrid 
             Contacto
                Tlf: 91 402 96 08 
                Email: arte9web@arte9.com 
                Web
    Comics, Infantil y juvenil</t>
@@ -876,63 +876,50 @@
   </si>
   <si>
     <t>General - Librería - Papelería 
       Bulevar 2
             Dirección
             C. de San Gregorio, 19, 28260 Galapagar, Madrid, España 
             28260
             Galapagar 
             Contacto
                Tlf: 918583234 
                Email: bulevargalapagar@hotmail.com</t>
   </si>
   <si>
     <t>General 
       Burma
             Dirección
             C. del Ave María, 16, 28012 Madrid, España 
             28012
             Madrid 
             Contacto
                Tlf: 915748354 
                Email: info@libreriaburma.es 
                Web</t>
   </si>
   <si>
-    <t>Especializada 
-[...11 lines deleted...]
-  <si>
     <t>General - Librería - Papelería 
       Calabria
             Dirección
             C. Isaac Peral, 2, 28290 Las Rozas de Madrid, Madrid, España 
             28290
             Las Rozas de Madrid 
             Contacto
                Tlf: 916303992 
                Email: calabria@telefonica.net</t>
   </si>
   <si>
     <t>Especializada 
       Calatrava
             Dirección
             C. de Ginzo de Limia, 26, 28029 Madrid, España 
             28003
             Madrid 
             Contacto
                Tlf: 913653626 
                Email: libreria.calatrava@fliedner.org 
                Web
    Idiomas, Religión y valores</t>
   </si>
   <si>
     <t>Especializada 
@@ -1064,51 +1051,51 @@
             Dirección
             C. de la Calderilla, 1, 28054 Madrid, España 
             28054
             Madrid 
             Contacto
                Tlf: 902575568 
                Email: islazul@casadellibro.com 
                Web</t>
   </si>
   <si>
     <t>General 
       Casa del Libro - Maestro Victoria
             Dirección
             C. del Maestro Victoria, 5, 28013 Madrid, España 
             28013
             Madrid 
             Contacto
                Tlf: 902026404 
                Email: mvictoria@casadellibro.com 
                Web</t>
   </si>
   <si>
     <t>General 
       Casa del Libro - Orense
             Dirección
-            C. de Orense, 11, 28020 Madrid, España 
+            C. de Orense, 11, Tetuán, 28020 Madrid, España 
             28020
             Madrid 
             Contacto
                Tlf: 902575569 
                Email: orense@casadellibro.com 
                Web</t>
   </si>
   <si>
     <t>General 
       Casa del Libro - Tres Aguas
             Dirección
             Av. San Martín de Valdeiglesias, 20, 28922 Alcorcón, Madrid, España 
             28922
             Alcorcón 
             Contacto
                Tlf: 902879075 
                Email: tresaguas@casadellibro.com 
                Web</t>
   </si>
   <si>
     <t>General 
       Casa del Libro - Xanadú
             Dirección
             C.c.madrid Xanadú-centro de Ocio, 28939, Madrid, España 
             28939
@@ -1122,193 +1109,168 @@
     <t>Especializada 
       Caseta de la Música
             Dirección
             C. Claudio Moyano, 4, 28014 Madrid, España 
             28014
             Madrid 
             Contacto
                Tlf: 914200563 
                Email: caseta25@hotmail.com 
                Web
    Música</t>
   </si>
   <si>
     <t>Especializada 
       Castrillo
             Dirección
             C. Claudio Moyano, 1, 28014 Madrid, España 
             28014
             Madrid 
             Contacto
                Tlf: 914200688 
                Email: a.castrillo@hotmail.com 
    Esoterismo, Literatura</t>
   </si>
   <si>
-    <t>General - Librería - Papelería 
-[...10 lines deleted...]
-  <si>
     <t>Especializada 
       Cefas
             Dirección
             Av. de Lisboa, 22, 28924 Alcorcón, Madrid, España 
             28924
             Alcorcón 
             Contacto
                Tlf: 911551333 
                Email: info@libreriacefas.es 
    Religión y valores</t>
   </si>
   <si>
     <t>Especializada 
       Centro Catequetico Diocesano
             Dirección
             C. San Buenaventura, 6, 28005 Madrid, España 
             28005
             Madrid 
             Contacto
                Tlf: 913666688 
                Email: administracion@cecadi.es 
    Religión y valores</t>
   </si>
   <si>
-    <t>Especializada 
-[...11 lines deleted...]
-  <si>
     <t>General - Librería - Papelería 
       Cervantes 3
             Dirección
             C. del Geranio, 12, 28880 Meco, Madrid, España 
             28880
             Meco 
             Contacto
                Tlf: 918861201 
                Email: info@papelerialibreriacervantes.es 
                Web</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Cervantes 4
             Dirección
             C. de Turquía, 3, 28943 Fuenlabrada, Madrid, España 
             28943
             Fuenlabrada 
             Contacto
                Tlf: 916085980 
                Email: libreriacervantes94@hotmail.es</t>
   </si>
   <si>
     <t>Especializada 
       Cervantes y compañía
             Dirección
             C. del Pez, 36, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 910118037 
                Email: info@cervantesycia.com 
                Web
    Literatura</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Charada
             Dirección
-            Av. de Belén, 21, 28350 Ciempozuelos, Madrid, España 
+            Pl. del Pintor Goya, 6, 28350 Ciempozuelos, Madrid, España 
             28350
             Ciempozuelos 
             Contacto
                Tlf: 91 893 14 47 
-               Email: info@libreriacharada.com 
+               Email: libreriacharada@gmail.com 
                Web</t>
   </si>
   <si>
     <t>General 
       Ciento volando
             Dirección
             Calle del Divino Pastor, 13, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 910561689 
                Email: libreria@cientovolando.click 
                Web</t>
   </si>
   <si>
     <t>Especializada 
       Ciudad Argentina
             Dirección
             C. de Padilla, 22, 28006 Madrid, España 
             28003
             Madrid 
             Contacto
                Tlf: 91 5770195 
                Email: ciudadargentina@infonegocio.com 
    Economía y empresa, Derecho, Psicología y sociología</t>
   </si>
   <si>
     <t>Especializada 
       Clan - Casa del Encuadernador
             Dirección
             Av. de los Toreros, 26, 28028 Madrid, España 
             28028
             Madrid 
             Contacto
                Tlf: 917240816 
                Email: libreria@clan.es 
                Web
    Caza y pesca, Encuadernación</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Cocheras del Rey-Coliseo
             Dirección
-            C/ Floridablanca, 22, 28200 San Lorenzo de El Escorial, Madrid, España 
+            C. Juan de Leyva, 18, 28200 San Lorenzo de El Escorial, Madrid, España 
             28200
             San Lorenzo de El Escorial 
             Contacto
                Tlf: 918960515 
-               Email: libreria@cocherasdelrey.com 
+               Email: direccion@cocherasdelrey.com 
                Web</t>
   </si>
   <si>
     <t>Especializada 
       Códice
             Dirección
             C. de Moratín, 8, 28014 Madrid, España 
             28014
             Madrid 
             Contacto
                Tlf: 914200306 
                Email: info@libreriacodice.com 
                Web
    Religión y valores, Filosofía</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Comelibros
             Dirección
             C. de Virgen del Val, 14, 28027 Madrid, España 
             28027
             Madrid 
             Contacto
                Tlf: 914054917 
                Email: comelibros28@hotmail.com</t>
@@ -1340,74 +1302,50 @@
   <si>
     <t>General 
       Contrabandos
             Dirección
             C. del Amparo, 76, 28012 Madrid, España 
             28012
             Madrid 
             Contacto
                Tlf:  
                Email: contrabandos@contrabandos.org 
                Web</t>
   </si>
   <si>
     <t>General 
       Crazy Mary
             Dirección
             Calle de Echegaray, 32, 28014 Madrid, España 
             28014
             Madrid 
             Contacto
                Tlf: 914384977 
                Email: crazymarylibreria@gmail.com 
                Web</t>
   </si>
   <si>
-    <t>General - Librería - Papelería 
-[...22 lines deleted...]
-  <si>
     <t>Anticuaria y ocasión 
       Cydonia
             Dirección
             C. del Pilar, 20, 28934 Móstoles, Madrid, España 
             28003
             Madrid 
             Contacto
                Tlf: 91 6132798 
                Email:  
                Web</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Cym
             Dirección
             C. de Londres, 62B, 28850 Torrejón de Ardoz, Madrid, España 
             28850
             Torrejón de Ardoz 
             Contacto
                Tlf: 916487235 
                Email: cymlibreria@gmail.com</t>
   </si>
   <si>
     <t>Especializada 
       Dedalus
@@ -1436,98 +1374,74 @@
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Delirium Books
             Dirección
             Cl. de Ayala, nº 10, 2º Planta Izq, 28001 Madrid, España 
             28001
             Madrid 
             Contacto
                Tlf: 914353053 
                Email: info@deliriumbooks.es 
                Web</t>
   </si>
   <si>
     <t>General 
       Desiderata
             Dirección
             C. Pintor Velazquez, 75, 28935 Móstoles, Madrid, España 
             28935
             Móstoles 
             Contacto
                Tlf: 916178460 
                Email: desiderata1@tele.net</t>
   </si>
   <si>
-    <t>General 
-[...10 lines deleted...]
-  <si>
     <t>Especializada 
       Desnivel
             Dirección
             Pl. de Matute, 6, 28012 Madrid, España 
             28012
             Madrid 
             Contacto
                Tlf: 913694290 
                Email: clientes@libreriadesnivel.com 
                Web
    Deportes, Viajes, Turismo</t>
   </si>
   <si>
     <t>Especializada 
       Desperate Literature
             Dirección
             C. de la Cava Baja, 8, Centro, 28005 Madrid, España 
             28013
             Madrid 
             Contacto
                Tlf: 911888089 
                Email: hello@desperateliterature.com 
                Web
    Literatura, Idiomas</t>
-  </si>
-[...10 lines deleted...]
-               Web</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Dickens
             Dirección
             Centro Comercial VillaCenter Avenida Príncipe de Asturias 129, 1° planta, local A12/13, 28670 Villaviciosa de Odón, Madrid, España 
             28670
             Villaviciosa De Odón 
             Contacto
                Tlf: 916164121 
                Email:</t>
   </si>
   <si>
     <t>Especializada 
       Dideco Alcalá de Henares
             Dirección
             Av. Juan Carlos I, 7, 28806 Alcalá de Henares, Madrid, España 
             28806
             Alcalá De Henares 
             Contacto
                Tlf: 918313000 
                Email: dideco.ahenares@dideco.es 
                Web
    Infantil y juvenil</t>
   </si>
@@ -2326,50 +2240,63 @@
       El Mirador
             Dirección
             C. del Molino de Viento, 8, 28770 Colmenar Viejo, Madrid, España 
             28770
             Colmenar Viejo 
             Contacto
                Tlf: 910010290 
                Email: julioelvira@libreriaelmirador.es 
                Web</t>
   </si>
   <si>
     <t>Especializada 
       El movimiento del caracol
             Dirección
             Av. de Madrid, 69, 28100 Alcobendas, Madrid, España 
             28100
             Alcobendas 
             Contacto
                Tlf: 910263245 
                Email: hola@elmovimientodelcaracol.es 
                Web
    Infantil y juvenil, Juegos</t>
   </si>
   <si>
     <t>Especializada 
+      El País de las Hadas
+            Dirección
+            P.º de Juan Antonio Vallejo-Nájera Botas, 44, Arganzuela, 28017 Madrid, España 
+            28701
+            San Sebastián De Los Reyes 
+            Contacto
+               Tlf: (+34) 913 234 875 
+               Email: libreria@elpaisdelashadas.com 
+               Web
+   Infantil y juvenil</t>
+  </si>
+  <si>
+    <t>Especializada 
       El Reino de Bután
             Dirección
             C. de Francisco Ayala, 1, 28702 San Sebastián de los Reyes, Madrid, España 
             28702
             San Sebastián De Los Reyes 
             Contacto
                Tlf: 912686786 
                Email: cuentanos@elreinodebutan.es 
                Web
    Infantil y juvenil</t>
   </si>
   <si>
     <t>General 
       El Retiro de las Letras.
             Dirección
             C. de la Anunciación, 2, Retiro, 28009 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 919 489 008 
                Email: info@elretirodelasletras.com 
                Web</t>
   </si>
   <si>
     <t>General 
@@ -3511,50 +3438,63 @@
       Juan Rulfo
             Dirección
             C. de Fernando el Católico, 86, Chamberí, 28015 Madrid, España 
             28015
             Madrid 
             Contacto
                Tlf: 915432904 
                Email: libreria.juanrulfo@fondodeculturaeconomica.es 
                Web
    América Latina, Infantil y juvenil, Literatura</t>
   </si>
   <si>
     <t>Especializada 
       KosmoKids
             Dirección
             C. del Monasterio de Las Huelgas, 26, 28034 Madrid, España 
             28049
             Madrid 
             Contacto
                Tlf: 911738859 / 644757054 
                Email: contacto@kosmokids.es 
                Web
    Idiomas, Infantil y juvenil</t>
   </si>
   <si>
+    <t>General 
+      La Anónima
+            Dirección
+            C. de Embajadores, 166, Arganzuela, 28045 Madrid, España 
+            28039
+            Madrid 
+            Contacto
+               Tlf:  91 116 27 52 // 613 05 52 52 
+               Email: hola@laanonimalibreria.com 
+               Web
+   Feminismo</t>
+  </si>
+  <si>
     <t>Especializada 
       La Biblioteca
             Dirección
             C. de Blasco de Garay, 100, 28003 Madrid, España 
             28003
             Madrid 
             Contacto
                Tlf: 915342619 
                Email:  
    Idiomas, Filología</t>
   </si>
   <si>
     <t>General 
       La Boutique de Zouthique
             Dirección
             C. de Ramírez de Arellano, 18, 28043 Madrid, España 
             28020
             Madrid 
             Contacto
                Tlf: 911266599 
                Email: contacto@boutiquedezouthique.es 
                Web</t>
   </si>
   <si>
     <t>General 
@@ -4722,50 +4662,62 @@
   </si>
   <si>
     <t>General - Librería - Papelería 
       Librería J3m
             Dirección
             C. Mayor, 60, 28921 Alcorcón, Madrid, España 
             28922
             Alcorcón 
             Contacto
                Tlf: 916441141 
                Email:</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Librería Jj
             Dirección
             Travesía Dr. Bastos, 4, 28220 Majadahonda, Madrid, España 
             28220
             Majadahonda 
             Contacto
                Tlf: 916342505 
                Email: jj@libreriajj.es 
                Web</t>
   </si>
   <si>
+    <t>General - Librería - Papelería 
+      Librería La Bonita
+            Dirección
+            P.º de los Pontones, 28, Arganzuela, 28005 Madrid, España 
+            28224
+            Pozuelo de Alarcón 
+            Contacto
+               Tlf: 624031529 
+               Email: labonita@librerialabonita.com 
+               Web</t>
+  </si>
+  <si>
     <t>Anticuaria y ocasión 
       Librería La Casa de la Troya
             Dirección
             C. de los Libreros, 6, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 915219410 
                Email: libroslatroya@gmail.com 
                Web</t>
   </si>
   <si>
     <t>LIBRERÍA LA FELGUERA
             Dirección
             C. Laín Calvo, 5, Latina, 28011 Madrid, España 
             28903
             Getafe 
             Contacto
                Tlf:  
                Email:  
                Web</t>
   </si>
   <si>
     <t>General 
       Librería La Mistral 
@@ -4994,50 +4946,63 @@
   </si>
   <si>
     <t>General - Librería - Papelería 
       Librería Papelería Ruth
             Dirección
             Av. España, 47, 28903 Getafe, Madrid, España 
             28903
             Getafe 
             Contacto
                Tlf: 916822354 
                Email: libreriarut@gmail.com 
                Web</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Librería Papelería Siglo XXI
             Dirección
             C. Montserrat Caballé, 1, 28903 Getafe, Madrid, España 
             28903
             Getafe 
             Contacto
                Tlf: 916832367 
                Email: trijugil@gmail.com</t>
   </si>
   <si>
+    <t>Especializada 
+      Librería PCL Madrid
+            Dirección
+            C. de Toledo, 176, Arganzuela, 28005 Madrid, España 
+            28701
+            San Sebastián De Los Reyes 
+            Contacto
+               Tlf: 669972119 
+               Email: info@libreriapclmadrid.es 
+               Web
+   Ciencia y tecnología</t>
+  </si>
+  <si>
     <t>General 
       Librería Salesiana 1
             Dirección
             C. de Francisco Sancha, 34, Fuencarral-El Pardo, 28034 Madrid, España 
             28034
             Madrid 
             Contacto
                Tlf: 917280510 
                Email: contacto@libreriasalesiana.com 
                Web</t>
   </si>
   <si>
     <t>General 
       Librería Salesiana 2
             Dirección
             C. de Francos Rodríguez, 5, Tetuán, 28039 Madrid, España 
             28039
             Madrid 
             Contacto
                Tlf: 914508904 
                Email: contacto@libreriasalesiana.com 
                Web</t>
   </si>
   <si>
     <t>General 
@@ -5327,51 +5292,51 @@
                Tlf: 916777126 
                Email: librerialisboa35@hotmail.com</t>
   </si>
   <si>
     <t>Especializada 
       Lita hormiguita
             Dirección
             C. de Artajona, 11, 28039 Madrid, España 
             28039
             Madrid 
             Contacto
                Tlf: 910615626 
                Email: libreria@litahormiguita.com 
                Web
    Infantil y juvenil</t>
   </si>
   <si>
     <t>General 
       Lobo Flaco
             Dirección
             C. Toledo, 3, 28901 Getafe, Madrid, España 
             28901
             Getafe 
             Contacto
                Tlf: 916833162 
-               Email:  
+               Email: pedidos@loboflaco.es 
                Web</t>
   </si>
   <si>
     <t>General 
       Lorer
             Dirección
             C. de Fernández de los Ríos, 96, 28015 Madrid, España 
             28015
             Madrid 
             Contacto
                Tlf: 915446428 / 915434583 
                Email: lorer@batch-ps.es</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Los Ángeles
             Dirección
             Urb. Parque Miraflores, 53, 28942 Fuenlabrada, Madrid, España 
             28942
             Fuenlabrada 
             Contacto
                Tlf: 916459079 
                Email:</t>
   </si>
   <si>
@@ -5643,57 +5608,58 @@
             Av. de la Alameda, 17, 28140 Fuente el Saz de Jarama, Madrid, España 
             28140
             Fuente El Saz De Jarama 
             Contacto
                Tlf: 916201753 
                Email: papeleria@papeleriamartinblanco.com 
                Web</t>
   </si>
   <si>
     <t>Especializada 
       Martín Luis Guzmán
             Dirección
             C. de Alberto Aguilera, 20, 28015 Madrid, España 
             28015
             Madrid 
             Contacto
                Tlf: 915432904 
                Email: libreria.mlguzman@fondodeculturaeconomica.es 
                Web
    América Latina</t>
   </si>
   <si>
     <t>Especializada 
       Mary Read
             Dirección
-            C. del Marqués de Toca, 3, 28012 Madrid, España 
+            C. del Marqués de Toca, 3, Centro, 28012 Madrid, España 
             28012
             Madrid 
             Contacto
                Tlf: 683 12 76 38 
-               Email:  
-               Web</t>
+               Email: libreria@maryread.es 
+               Web
+   Feminismo</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Mavi
             Dirección
             C. de las Moreras, 121, 28300 Aranjuez, Madrid, España 
             28300
             Aranjuez 
             Contacto
                Tlf: 918914571 
                Email: mapate16@hotmail.es</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       May
             Dirección
             C. de San Marcial, 10, 28931 Móstoles, Madrid, España 
             28931
             Móstoles 
             Contacto
                Tlf: 916184343 
                Email: papeleria@libreriamay.es 
                Web</t>
   </si>
   <si>
@@ -5844,70 +5810,59 @@
     <t>General 
       Modesta Librería
             Dirección
             Calle de Modesto Lafuente, 31, Chamberí, 28003 Madrid, España 
             28003
             Madrid 
             Contacto
                Tlf: 626 251 909 
                Email: libreriamodesta@gmail.com 
                Web</t>
   </si>
   <si>
     <t>Especializada 
       Molar Discos y Libros
             Dirección
             C. de la Ruda, 19, Centro, 28005 Madrid, España 
             28005
             Madrid 
             Contacto
                Tlf: 911725740 
                Email: info@molardiscosylibros.com 
                Web
    Comics</t>
   </si>
   <si>
-    <t>General - Librería - Papelería 
+    <t>General 
       Muga
             Dirección
-            Av. Valdelasfuentes, 34, 28701 San Sebastián de los Reyes, Madrid, España 
-[...10 lines deleted...]
-            Av. de Pablo Neruda, 89B, 28018 Madrid, España 
+            Av. de Pablo Neruda, 89B, Puente de Vallecas, 28018 Madrid, España 
             28018
             Madrid 
             Contacto
                Tlf: 915079085 
-               Email:  
+               Email: info@publimuga.com 
                Web</t>
   </si>
   <si>
     <t>Especializada 
       Mujeres &amp; compañía La Librería
             Dirección
             C. de la Unión, 4, 28013 Madrid, España 
             28013
             Madrid 
             Contacto
                Tlf: 910145344 
                Email: info@mujeresycialibreria.net 
                Web
    Feminismo</t>
   </si>
   <si>
     <t>Especializada 
       Mundicomics
             Dirección
             C. Ramón y Cajal, 3, 28850 Torrejón de Ardoz, Madrid, España 
             28850
             Torrejón de Ardoz 
             Contacto
                Tlf: 653918910; 910400900 
                Email: info@mundicomics.com 
@@ -6801,56 +6756,57 @@
       Sandwich Mixto
             Dirección
             C. de la Torrecilla del Leal, 7, Local 2, 28012 Madrid, España 
             28012
             Madrid 
             Contacto
                Tlf: 911995603 
                Email: quieroun@sandwichmixto.com 
                Web</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Santa Bárbara
             Dirección
             Plaza de Sta. Bárbara, 3, Piso 1º, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 609077365 
                Email: librosmania@gmail.com</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Santander
             Dirección
-            C. de Valmojado, 291, 28047 Madrid, España 
+            C. de Valmojado, 291, Latina, 28047 Madrid, España 
             28047
             Madrid 
             Contacto
                Tlf: 917172247 
-               Email: santanderlibreria@gmail.com</t>
+               Email: info@libreriasantander.es 
+               Web</t>
   </si>
   <si>
     <t>Anticuaria y ocasión 
       Santiago
             Dirección
             C. de Valenzuela, 3, 28014 Madrid, España 
             28014
             Madrid 
             Contacto
                Tlf: 915329624 
                Email: libreriasantiago@hotmail.com</t>
   </si>
   <si>
     <t>Especializada 
       Santísima Trinidad
             Dirección
             Calle Dr. Cornago, 10, 28223 Pozuelo de Alarcón, Madrid, España 
             28223
             Pozuelo de Alarcón 
             Contacto
                Tlf: 913517423 
                Email: libreriast@servitrinitatis.org 
                Web
    Religión y valores</t>
   </si>
@@ -7459,50 +7415,63 @@
                Email:</t>
   </si>
   <si>
     <t>General 
       Vergüenza ajena
             Dirección
             C. de Fernández de los Ríos, 39, 28015 Madrid, España 
             28015
             Madrid 
             Contacto
                Tlf: 912977034 
                Email: info@verguenzaajena.es 
                Web</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Vid
             Dirección
             C. de Colón, 1, 28931 Móstoles, Madrid, España 
             28931
             Móstoles 
             Contacto
                Tlf: 916642667 
                Email: libreriavid@libreriavid.com 
                Web</t>
+  </si>
+  <si>
+    <t>Especializada 
+      Vidalibros España
+            Dirección
+            C. del Marqués de Mondéjar, 34, Salamanca, 28028 Madrid, España 
+            28028
+            Madrid 
+            Contacto
+               Tlf: 678 436 717 
+               Email: ayuda@vidalibros.es 
+               Web
+   Religión y valores</t>
   </si>
   <si>
     <t>Especializada 
       Viñetas Cómic - Madrid Centro
             Dirección
             C. de la Luna, 18, 28004 Madrid, España 
             28004
             Madrid 
             Contacto
                Tlf: 915238121 
                Email: info@viñetascomic.com 
                Web
    Comics</t>
   </si>
   <si>
     <t>General - Librería - Papelería 
       Vino a por Letras - Café y libros
             Dirección
             P.º de María Lejárraga, 3, Cabina 1 y Cabina 2, 28905 Getafe, Madrid, España 
             28903
             Getafe 
             Contacto
                Tlf: 910569932 
                Email: vinoaporletras@gmail.com</t>
   </si>
@@ -7865,51 +7834,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:A621"/>
+  <dimension ref="A1:A618"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="244" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:1">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:1">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
@@ -10964,65 +10933,50 @@
       </c>
     </row>
     <row r="614" spans="1:1">
       <c r="A614" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="615" spans="1:1">
       <c r="A615" t="s">
         <v>614</v>
       </c>
     </row>
     <row r="616" spans="1:1">
       <c r="A616" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="617" spans="1:1">
       <c r="A617" t="s">
         <v>616</v>
       </c>
     </row>
     <row r="618" spans="1:1">
       <c r="A618" t="s">
         <v>617</v>
-      </c>
-[...13 lines deleted...]
-        <v>620</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">