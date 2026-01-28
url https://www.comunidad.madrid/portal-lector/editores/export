--- v0 (2025-12-24)
+++ v1 (2026-01-28)
@@ -1381,51 +1381,51 @@
             c/ Pilar de Zaragoza, 12 
             28028
             Madrid 
             Contacto
                Tlf: 917130056 
                Email: ca@conarquitectura.com 
                Web</t>
   </si>
   <si>
     <t>Cónica Ediciones
             Dirección
             Pº de la Castellana, 66 
             28046
             Madrid 
             Contacto
                Tlf: 913373220 
                Email:</t>
   </si>
   <si>
     <t>Continta me tienes
             Dirección
             c/ Belmonte de Tajo, 55, 3º C 
             28019
             Madrid 
             Contacto
-               Tlf: 685 28 81 59 
+               Tlf: 910 067 159 
                Email: info@contintametienes.com 
                Web</t>
   </si>
   <si>
     <t>Cooperación Editorial
             Dirección
             c/ Doctor Esquerdo, 173, 6º izqda 
             28007
             Madrid 
             Contacto
                Tlf: 914093573 
                Email: popular@editorialpopular.com 
                Web</t>
   </si>
   <si>
     <t>Costas de Carcosa
             Dirección
             c/ López de Aranda, 31, 1º B 
             28027
             Madrid 
             Contacto
                Tlf: 666208326 
                Email: costasdecarcosa@gmail.com 
                Web</t>
   </si>