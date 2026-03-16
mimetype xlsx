--- v1 (2026-01-28)
+++ v2 (2026-03-16)
@@ -1381,51 +1381,51 @@
             c/ Pilar de Zaragoza, 12 
             28028
             Madrid 
             Contacto
                Tlf: 917130056 
                Email: ca@conarquitectura.com 
                Web</t>
   </si>
   <si>
     <t>Cónica Ediciones
             Dirección
             Pº de la Castellana, 66 
             28046
             Madrid 
             Contacto
                Tlf: 913373220 
                Email:</t>
   </si>
   <si>
     <t>Continta me tienes
             Dirección
             c/ Belmonte de Tajo, 55, 3º C 
             28019
             Madrid 
             Contacto
-               Tlf: 910 067 159 
+               Tlf: 914693512 
                Email: info@contintametienes.com 
                Web</t>
   </si>
   <si>
     <t>Cooperación Editorial
             Dirección
             c/ Doctor Esquerdo, 173, 6º izqda 
             28007
             Madrid 
             Contacto
                Tlf: 914093573 
                Email: popular@editorialpopular.com 
                Web</t>
   </si>
   <si>
     <t>Costas de Carcosa
             Dirección
             c/ López de Aranda, 31, 1º B 
             28027
             Madrid 
             Contacto
                Tlf: 666208326 
                Email: costasdecarcosa@gmail.com 
                Web</t>
   </si>