--- v0 (2026-01-13)
+++ v1 (2026-03-14)
@@ -1317,78 +1317,60 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72C7CAC6" w14:textId="3A9D702A" w:rsidR="00012D47" w:rsidRPr="006326D9" w:rsidRDefault="00012D47" w:rsidP="006326D9">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="0" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006326D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>El/</w:t>
-[...7 lines deleted...]
-        <w:t>los</w:t>
+        <w:t>El/los</w:t>
       </w:r>
       <w:r w:rsidRPr="006326D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vehículo</w:t>
-[...9 lines deleted...]
-        <w:t>/s</w:t>
+        <w:t xml:space="preserve"> vehículo/s</w:t>
       </w:r>
       <w:r w:rsidRPr="006326D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> en régimen de: </w:t>
       </w:r>
       <w:r w:rsidRPr="006326D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>(señale las opciones que procedan)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75BB01C4" w14:textId="160D1EE9" w:rsidR="00012D47" w:rsidRDefault="00012D47" w:rsidP="00012D47">
       <w:pPr>
         <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
         <w:ind w:left="142" w:right="-289" w:firstLine="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1442,151 +1424,204 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00567C93">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
       <w:r w:rsidRPr="00567C93">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> Arrendamiento</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2182A3DC" w14:textId="77777777" w:rsidR="00012D47" w:rsidRPr="00567C93" w:rsidRDefault="00012D47" w:rsidP="00012D47">
       <w:pPr>
         <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
         <w:ind w:left="567" w:right="-289" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01233F6E" w14:textId="1FB5847C" w:rsidR="00012D47" w:rsidRDefault="00012D47" w:rsidP="00012D47">
       <w:pPr>
         <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
         <w:ind w:left="142" w:right="-289" w:firstLine="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00567C93">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
       <w:r w:rsidRPr="00567C93">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> Arrendamiento financiero/leasing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40451476" w14:textId="77777777" w:rsidR="00012D47" w:rsidRPr="00567C93" w:rsidRDefault="00012D47" w:rsidP="00012D47">
       <w:pPr>
         <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
         <w:ind w:right="-289"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="352EC0DF" w14:textId="77777777" w:rsidR="00012D47" w:rsidRPr="00567C93" w:rsidRDefault="00012D47" w:rsidP="00012D47">
+    <w:p w14:paraId="352EC0DF" w14:textId="63431B9A" w:rsidR="00012D47" w:rsidRDefault="00012D47" w:rsidP="00012D47">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="0" w:right="-289" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidRPr="00567C93">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">n </w:t>
       </w:r>
       <w:r w:rsidRPr="00567C93">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">seguro de responsabilidad civil </w:t>
       </w:r>
       <w:r w:rsidRPr="00567C93">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>en vigor que cubre el desarrollo de su actividad de transporte, amparada en la autorización cuya tramitación se pretende.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2086CD92" w14:textId="05D6B6F7" w:rsidR="0015317F" w:rsidRPr="0015317F" w:rsidRDefault="0015317F" w:rsidP="0015317F">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="0" w:right="-289" w:hanging="284"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dispone de las </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certificaciones Técnico-Sanitarias </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en vigor </w:t>
+      </w:r>
+      <w:r w:rsidR="005860CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">para </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>los vehículos incluidos en el expediente en curso</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EDAAC6D" w14:textId="629F79AC" w:rsidR="0093553E" w:rsidRPr="00FC177C" w:rsidRDefault="003B78D0" w:rsidP="001051DC">
       <w:pPr>
         <w:ind w:left="-426" w:right="-432"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC177C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Además, declara que dispone de la documentación que acredita lo anterior y que la pondrá a disposición de la Administración cuando le sea requerida.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DF71DAE" w14:textId="77777777" w:rsidR="0093553E" w:rsidRPr="00FC177C" w:rsidRDefault="003B78D0" w:rsidP="001051DC">
       <w:pPr>
         <w:ind w:left="-426" w:right="-432"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1935,51 +1970,51 @@
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
@@ -2200,65 +2235,65 @@
           <w:pict>
             <v:rect w14:anchorId="7BA49FF3" id="Rectángulo 5" o:spid="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:36.85pt;margin-top:4.95pt;width:43pt;height:60pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBOYjvS6QEAAK4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GO0zAQ/UfiDpb/adIVLShqulrtahHS&#10;AisWDjB1nMQi8Zix06TchrNwMcZOW3aXP8SPNR7PvLz3ZrK5nPpO7DV5g7aUy0UuhbYKK2ObUn79&#10;cvvqrRQ+gK2gQ6tLedBeXm5fvtiMrtAX2GJXaRIMYn0xulK2Ibgiy7xqdQ9+gU5bfqyRegh8pSar&#10;CEZG77vsIs/X2YhUOUKlvefszfwotwm/rrUKn+ra6yC6UjK3kE5K5y6e2XYDRUPgWqOONOAfWPRg&#10;LH/0DHUDAcRA5i+o3ihCj3VYKOwzrGujdNLAapb5MzUPLTidtLA53p1t8v8PVn3c35MwVSlXUljo&#10;eUSf2bRfP20zdChW0aDR+YLrHtw9RYne3aH65oXF6xZso6+IcGw1VExrGeuzJw3x4rlV7MYPWDE+&#10;DAGTV1NNfQRkF8SURnI4j0RPQShOrl6vlzkPTvHTmzVPPI0sg+LU7MiHdxp7EYNSEpNP4LC/8yGS&#10;geJUEr9l8dZ0XZp6Z58kuDBmEvnId9Ydpt10tGCH1YFlEM5LxEvPQYv0Q4qRF6iU/vsApKXo3lu2&#10;Im7bKaBTsDsFYBW3ljJIMYfXYd7KwZFpWkZeJhkWr9iu2iQp0cqZxZEnL0VSeFzguHWP76nqz2+2&#10;/Q0AAP//AwBQSwMEFAAGAAgAAAAhAD2gTePeAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj81O&#10;wzAQhO9IvIO1SNyoQxG0DnGqih+VY2mRCjc3XpIIex3FbhN4erYnuO3sjGa/LRajd+KIfWwDabie&#10;ZCCQqmBbqjW8bZ+v5iBiMmSNC4QavjHCojw/K0xuw0CveNykWnAJxdxoaFLqcilj1aA3cRI6JPY+&#10;Q+9NYtnX0vZm4HLv5DTL7qQ3LfGFxnT40GD1tTl4Dat5t3x/CT9D7Z4+Vrv1Tj1uVdL68mJc3oNI&#10;OKa/MJzwGR1KZtqHA9konIbZzYyTGpQCcbJvFes9D1PeyLKQ/x8ofwEAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQBOYjvS6QEAAK4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQA9oE3j3gAAAAgBAAAPAAAAAAAAAAAAAAAAAEMEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAATgUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="585F5B54" w14:textId="77777777" w:rsidR="00391289" w:rsidRDefault="00391289" w:rsidP="00391289">
                     <w:pPr>
                       <w:spacing w:line="1200" w:lineRule="atLeast"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:noProof/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                         <w:lang w:eastAsia="es-ES"/>
                       </w:rPr>
                       <w:drawing>
                         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="699DC55D" wp14:editId="64A976CC">
                           <wp:extent cx="542925" cy="762000"/>
                           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
-                          <wp:docPr id="21" name="Imagen 21"/>
+                          <wp:docPr id="3" name="Imagen 3"/>
                           <wp:cNvGraphicFramePr>
                             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                           </wp:cNvGraphicFramePr>
                           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:nvPicPr>
                                   <pic:cNvPr id="0" name="Picture 1"/>
                                   <pic:cNvPicPr>
                                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                   </pic:cNvPicPr>
                                 </pic:nvPicPr>
                                 <pic:blipFill>
-                                  <a:blip r:embed="rId2">
+                                  <a:blip r:embed="rId1">
                                     <a:extLst>
                                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                       </a:ext>
                                     </a:extLst>
                                   </a:blip>
                                   <a:srcRect/>
                                   <a:stretch>
                                     <a:fillRect/>
                                   </a:stretch>
                                 </pic:blipFill>
                                 <pic:spPr bwMode="auto">
                                   <a:xfrm>
                                     <a:off x="0" y="0"/>
                                     <a:ext cx="542925" cy="762000"/>
                                   </a:xfrm>
                                   <a:prstGeom prst="rect">
                                     <a:avLst/>
                                   </a:prstGeom>
                                   <a:noFill/>
                                   <a:ln>
                                     <a:noFill/>
                                   </a:ln>
                                 </pic:spPr>
                               </pic:pic>
@@ -2986,175 +3021,178 @@
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="130"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="43009"/>
+    <o:shapedefaults v:ext="edit" spidmax="45057"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B47730"/>
     <w:rsid w:val="00000631"/>
     <w:rsid w:val="00012D47"/>
     <w:rsid w:val="00034616"/>
     <w:rsid w:val="0006063C"/>
     <w:rsid w:val="00062684"/>
     <w:rsid w:val="00077D88"/>
     <w:rsid w:val="001051DC"/>
     <w:rsid w:val="0015074B"/>
+    <w:rsid w:val="0015317F"/>
     <w:rsid w:val="00183918"/>
     <w:rsid w:val="001F52FB"/>
     <w:rsid w:val="001F6F7F"/>
     <w:rsid w:val="002328B0"/>
     <w:rsid w:val="002820CA"/>
     <w:rsid w:val="0029639D"/>
     <w:rsid w:val="002B32C3"/>
     <w:rsid w:val="002D1FA8"/>
     <w:rsid w:val="00326F90"/>
     <w:rsid w:val="00332B92"/>
     <w:rsid w:val="00347D57"/>
     <w:rsid w:val="00375294"/>
     <w:rsid w:val="00391289"/>
     <w:rsid w:val="003B78D0"/>
     <w:rsid w:val="003E50A3"/>
     <w:rsid w:val="00437CE6"/>
     <w:rsid w:val="004A0457"/>
     <w:rsid w:val="005036C7"/>
     <w:rsid w:val="005340D4"/>
     <w:rsid w:val="00567C93"/>
     <w:rsid w:val="005858BD"/>
+    <w:rsid w:val="005860CF"/>
     <w:rsid w:val="00586DE9"/>
     <w:rsid w:val="00595E01"/>
     <w:rsid w:val="00613F3E"/>
     <w:rsid w:val="006326D9"/>
     <w:rsid w:val="00681F7D"/>
     <w:rsid w:val="006A3123"/>
     <w:rsid w:val="0073256D"/>
     <w:rsid w:val="00790B1B"/>
     <w:rsid w:val="00794239"/>
     <w:rsid w:val="007B01F3"/>
     <w:rsid w:val="008122E8"/>
     <w:rsid w:val="00863073"/>
     <w:rsid w:val="008C42CD"/>
     <w:rsid w:val="008D00CC"/>
     <w:rsid w:val="009208A4"/>
     <w:rsid w:val="0093553E"/>
     <w:rsid w:val="00983B8D"/>
     <w:rsid w:val="0099761E"/>
     <w:rsid w:val="009D2604"/>
     <w:rsid w:val="009F3FA2"/>
     <w:rsid w:val="00A02900"/>
     <w:rsid w:val="00A21EA8"/>
     <w:rsid w:val="00A37310"/>
     <w:rsid w:val="00A46155"/>
     <w:rsid w:val="00AA1D8D"/>
+    <w:rsid w:val="00AD27CE"/>
     <w:rsid w:val="00B33460"/>
     <w:rsid w:val="00B37B95"/>
     <w:rsid w:val="00B47730"/>
     <w:rsid w:val="00BA1FC7"/>
     <w:rsid w:val="00BB4215"/>
     <w:rsid w:val="00C005F8"/>
     <w:rsid w:val="00C2559A"/>
     <w:rsid w:val="00C66EE5"/>
     <w:rsid w:val="00CB0664"/>
     <w:rsid w:val="00CF77E5"/>
     <w:rsid w:val="00D02017"/>
     <w:rsid w:val="00D13994"/>
     <w:rsid w:val="00D21F80"/>
     <w:rsid w:val="00D34854"/>
     <w:rsid w:val="00D6331C"/>
     <w:rsid w:val="00D97E24"/>
     <w:rsid w:val="00DB3CDE"/>
     <w:rsid w:val="00DC2A2B"/>
     <w:rsid w:val="00E142BA"/>
     <w:rsid w:val="00E522A1"/>
     <w:rsid w:val="00E70746"/>
     <w:rsid w:val="00ED0BD4"/>
     <w:rsid w:val="00F342E0"/>
     <w:rsid w:val="00FB42DA"/>
     <w:rsid w:val="00FC177C"/>
     <w:rsid w:val="00FC693F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="43009"/>
+    <o:shapedefaults v:ext="edit" spidmax="45057"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2D33719C"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{7E6431DD-D899-499B-A4F5-DB23E70ACC36}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -14560,51 +14598,51 @@
         <w:div w:id="1461262697">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -14904,79 +14942,79 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF278816-EC6F-A645-907D-7F25AECB1D4A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>198</Words>
-  <Characters>1095</Characters>
+  <Words>216</Words>
+  <Characters>1192</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1291</CharactersWithSpaces>
+  <CharactersWithSpaces>1406</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>python-docx</dc:creator>
   <cp:keywords/>
   <dc:description>generated by python-docx</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>