--- v0 (2025-11-02)
+++ v1 (2026-03-10)
@@ -28,419 +28,384 @@
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="05D5FDAB" w14:textId="77777777" w:rsidR="00CD79B8" w:rsidRPr="00725C5F" w:rsidRDefault="00CD79B8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="186"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00725C5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="621A60EC" wp14:editId="290535EC">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="621A60EC" wp14:editId="739818C1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>-58</wp:posOffset>
+                  <wp:posOffset>-1704</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>-27965</wp:posOffset>
+                  <wp:posOffset>-29663</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6525260" cy="534390"/>
-                <wp:effectExtent l="0" t="0" r="27940" b="17780"/>
+                <wp:extent cx="6525260" cy="398353"/>
+                <wp:effectExtent l="0" t="0" r="27940" b="20955"/>
                 <wp:wrapNone/>
                 <wp:docPr id="16" name="Rectángulo redondeado 16"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6525260" cy="534390"/>
+                          <a:ext cx="6525260" cy="398353"/>
                         </a:xfrm>
                         <a:prstGeom prst="roundRect">
                           <a:avLst>
                             <a:gd name="adj" fmla="val 16667"/>
                           </a:avLst>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="C0C0C0"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="40282090" w14:textId="77777777" w:rsidR="00F344AA" w:rsidRDefault="00F344AA" w:rsidP="007E33E2">
-[...16 lines deleted...]
-                          <w:p w14:paraId="5E760828" w14:textId="52B4BE76" w:rsidR="007E33E2" w:rsidRPr="009F1278" w:rsidRDefault="00303C22" w:rsidP="007E33E2">
+                          <w:p w14:paraId="5E760828" w14:textId="4E65A9AB" w:rsidR="007E33E2" w:rsidRPr="009F1278" w:rsidRDefault="00F344AA" w:rsidP="007E33E2">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                               </w:rPr>
-                              <w:t xml:space="preserve">CURSOS Y OTRAS </w:t>
+                              <w:t>SOLICITUD DE INSCRIPCIÓN</w:t>
                             </w:r>
-                            <w:r w:rsidR="00BA7166" w:rsidRPr="00BA7166">
+                            <w:r w:rsidR="000D7080">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                               </w:rPr>
-                              <w:t xml:space="preserve">ACTIVIDADES de FORMACIÓN, DEMOSTRACIÓN, INTERCAMBIO </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
-                            <w:r w:rsidR="00BA7166" w:rsidRPr="00BA7166">
+                            <w:r w:rsidR="00643C94">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                               </w:rPr>
-                              <w:t>e</w:t>
+                              <w:t>EN</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellEnd"/>
-                            <w:r w:rsidR="00BA7166" w:rsidRPr="00BA7166">
+                            <w:r w:rsidR="00303C22">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> INFORMACIÓN</w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidR="00F344AA" w:rsidRPr="007E33E2">
+                            <w:r w:rsidR="00643C94" w:rsidRPr="00BA7166">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t>ACTIVIDADES DE FORMACIÓN E INFORMACIÓN</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00643C94" w:rsidRPr="007E33E2">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="00004114">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t>ORGANIZAD</w:t>
                             </w:r>
                             <w:r w:rsidR="00BA7166">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t>A</w:t>
                             </w:r>
                             <w:r w:rsidR="00004114">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve">S </w:t>
                             </w:r>
-                            <w:r w:rsidR="00F344AA">
+                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t>POR IMIDRA</w:t>
                             </w:r>
-                            <w:r w:rsidR="00F344AA" w:rsidRPr="00AC608B">
+                            <w:r w:rsidRPr="00AC608B">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidR="00F344AA" w:rsidRPr="00CD79B8">
+                            <w:r w:rsidRPr="00CD79B8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t>(20</w:t>
                             </w:r>
                             <w:r w:rsidR="00DB4CF0">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="003903A4">
+                            <w:r w:rsidR="00746FDE">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
-                            <w:r w:rsidR="00F344AA" w:rsidRPr="00CD79B8">
+                            <w:r w:rsidRPr="00CD79B8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t>)</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="7123CA2F" w14:textId="77777777" w:rsidR="00DF0A62" w:rsidRPr="000C1DEA" w:rsidRDefault="00DF0A62" w:rsidP="008E1E19">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="54000" tIns="0" rIns="54000" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect w14:anchorId="621A60EC" id="Rectángulo redondeado 16" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-2.2pt;width:513.8pt;height:42.1pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhrJ9HPgIAAHIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGO0zAQ/UfiDpb/adrutrBR09WqyyKk&#10;BVYsHMC1ncTgeMzYbdq9DWfhYkyctLTAF6KVrLE98/zePDuL611j2VZjMOAKPhmNOdNOgjKuKvjn&#10;T3cvXnEWonBKWHC64Hsd+PXy+bNF63M9hRqs0sgIxIW89QWvY/R5lgVZ60aEEXjtaLMEbESkKVaZ&#10;QtESemOz6Xg8z1pA5RGkDoFWb/tNvkz4Zall/FCWQUdmC07cYhoxjetuzJYLkVcofG3kQEP8A4tG&#10;GEeHHqFuRRRsg+YPqMZIhABlHEloMihLI3XSQGom49/UPNbC66SFmhP8sU3h/8HK99sHZEaRd3PO&#10;nGjIo4/UtR/fXbWxwFArcEoLBYwSqFutDzkVPfoH7PQGfw/ya2AOVrVwlb5BhLamfOI46fKzs4Ju&#10;EqiUrdt3oOgssYmQGrcrsekAqSVsl/zZH/3Ru8gkLc5n09l0TjZK2ptdXF5cJQMzkR+qPYb4RkPD&#10;uqDgCBunOjnpCLG9DzGZpAalQn3hrGwsWb4VlhTO5y8TaZEPyYR9wExywRp1Z6xNE6zWK4uMSgu+&#10;Gnf/oTicplnH2oJfEffE4mwvnEKM0+9vEElHuqpda187leIojO1jYmnd0Ouuvb1NcbfeDY6tQe2p&#10;6wj9A6AHS0EN+MRZS5e/4OHbRqDmzL515NzskqjQa0kTCvB0dX1YFU4SRMEjZ324iv3L2ng0VU0n&#10;TJJiBzfkcmni4Tr0bAa+dLEpOns5p/OU9etTsfwJAAD//wMAUEsDBBQABgAIAAAAIQCjr5mV3QAA&#10;AAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWpsStSVkUyGaHuDWglRxc+Ml&#10;DsTrKHbb8Pe4JziOZjTzpliNrhMnGkLrGeFuqkAQ19603CC8v20mSxAhaja680wIPxRgVV5fFTo3&#10;/sxbOu1iI1IJh1wj2Bj7XMpQW3I6TH1PnLxPPzgdkxwaaQZ9TuWukzOl5tLpltOC1T09W6q/d0eH&#10;8PrSZuuPqrLr/eZLVapWfn+vEG9vxqdHEJHG+BeGC35ChzIxHfyRTRAdQjoSESZZBuLiqtliDuKA&#10;sHhYgiwL+Z+//AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAhrJ9HPgIAAHIEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCjr5mV3QAAAAcBAAAP&#10;AAAAAAAAAAAAAAAAAJgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAogUAAAAA&#10;" fillcolor="silver">
+              <v:roundrect w14:anchorId="621A60EC" id="Rectángulo redondeado 16" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-.15pt;margin-top:-2.35pt;width:513.8pt;height:31.35pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCkRf9bPgIAAHIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVG2O0zAQ/Y/EHSz/p+kHLbtR09WqyyKk&#10;BVYsHMC1ncTgeMzYbbp7G87CxZg4aWmBX4hWssb2zJt58zxZXu0by3YagwFX8MlozJl2EpRxVcE/&#10;f7p9ccFZiMIpYcHpgj/qwK9Wz58tW5/rKdRglUZGIC7krS94HaPPsyzIWjcijMBrR5clYCMibbHK&#10;FIqW0BubTcfjRdYCKo8gdQh0etNf8lXCL0st44eyDDoyW3CqLaYV07rp1my1FHmFwtdGDmWIf6ii&#10;EcZR0iPUjYiCbdH8AdUYiRCgjCMJTQZlaaROHIjNZPwbm4daeJ24UHOCP7Yp/D9Y+X53j8wo0m7B&#10;mRMNafSRuvbju6u2FhhqBU5poYCRA3Wr9SGnoAd/jx3f4O9Afg3MwboWrtLXiNDW5E81Tjr/7Cyg&#10;2wQKZZv2HSjKJbYRUuP2JTYdILWE7ZM+j0d99D4ySYeL+XQ+XZCMku5mlxez+SylEPkh2mOIbzQ0&#10;rDMKjrB1qqOTUojdXYhJJDUwFeoLZ2VjSfKdsMRwsXg1IA7OmcgPmIkuWKNujbVpg9VmbZFRaMHX&#10;4+4/BIdTN+tYW/BLqj1VcXYXTiHG6fc3iMQjPdWuta+dSnYUxvY2VWnd0Ouuvb1Mcb/ZD4ptQD1S&#10;1xH6AaCBJaMGfOKspcdf8PBtK1BzZt86Um7+kkqhaUkbMvD0dHM4FU4SRMEjZ725jv1kbT2aqqYM&#10;k8TYwTWpXJp4eA59NUO99LDJOpuc033y+vWpWP0EAAD//wMAUEsDBBQABgAIAAAAIQDhoAmB3gAA&#10;AAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BTwIxEIXvJv6HZky8QSugkGW7xMhy0BtoQriV7bhd&#10;3U432wLrv3c46Wky817efC9fDb4VZ+xjE0jDw1iBQKqCbajW8PG+GS1AxGTImjYQavjBCKvi9iY3&#10;mQ0X2uJ5l2rBIRQzo8Gl1GVSxsqhN3EcOiTWPkPvTeK1r6XtzYXDfSsnSj1JbxriD850+OKw+t6d&#10;vIa312a2PpSlW+83X6pUlQr7qdL6/m54XoJIOKQ/M1zxGR0KZjqGE9koWg2jKRt5zOYgrrKazPly&#10;1PC4UCCLXP4vUPwCAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEApEX/Wz4CAAByBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA4aAJgd4AAAAIAQAA&#10;DwAAAAAAAAAAAAAAAACYBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKMFAAAAAA==&#10;" fillcolor="silver">
                 <v:textbox inset="1.5mm,0,1.5mm,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="40282090" w14:textId="77777777" w:rsidR="00F344AA" w:rsidRDefault="00F344AA" w:rsidP="007E33E2">
-[...16 lines deleted...]
-                    <w:p w14:paraId="5E760828" w14:textId="52B4BE76" w:rsidR="007E33E2" w:rsidRPr="009F1278" w:rsidRDefault="00303C22" w:rsidP="007E33E2">
+                    <w:p w14:paraId="5E760828" w14:textId="4E65A9AB" w:rsidR="007E33E2" w:rsidRPr="009F1278" w:rsidRDefault="00F344AA" w:rsidP="007E33E2">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                         </w:rPr>
-                        <w:t xml:space="preserve">CURSOS Y OTRAS </w:t>
+                        <w:t>SOLICITUD DE INSCRIPCIÓN</w:t>
                       </w:r>
-                      <w:r w:rsidR="00BA7166" w:rsidRPr="00BA7166">
+                      <w:r w:rsidR="000D7080">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                         </w:rPr>
-                        <w:t xml:space="preserve">ACTIVIDADES de FORMACIÓN, DEMOSTRACIÓN, INTERCAMBIO </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
-                      <w:r w:rsidR="00BA7166" w:rsidRPr="00BA7166">
+                      <w:r w:rsidR="00643C94">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                         </w:rPr>
-                        <w:t>e</w:t>
+                        <w:t>EN</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellEnd"/>
-                      <w:r w:rsidR="00BA7166" w:rsidRPr="00BA7166">
+                      <w:r w:rsidR="00303C22">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> INFORMACIÓN</w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidR="00F344AA" w:rsidRPr="007E33E2">
+                      <w:r w:rsidR="00643C94" w:rsidRPr="00BA7166">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                        </w:rPr>
+                        <w:t>ACTIVIDADES DE FORMACIÓN E INFORMACIÓN</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00643C94" w:rsidRPr="007E33E2">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="00004114">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                         </w:rPr>
                         <w:t>ORGANIZAD</w:t>
                       </w:r>
                       <w:r w:rsidR="00BA7166">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                         </w:rPr>
                         <w:t>A</w:t>
                       </w:r>
                       <w:r w:rsidR="00004114">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">S </w:t>
                       </w:r>
-                      <w:r w:rsidR="00F344AA">
+                      <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                         </w:rPr>
                         <w:t>POR IMIDRA</w:t>
                       </w:r>
-                      <w:r w:rsidR="00F344AA" w:rsidRPr="00AC608B">
+                      <w:r w:rsidRPr="00AC608B">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidR="00F344AA" w:rsidRPr="00CD79B8">
+                      <w:r w:rsidRPr="00CD79B8">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                         </w:rPr>
                         <w:t>(20</w:t>
                       </w:r>
                       <w:r w:rsidR="00DB4CF0">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="003903A4">
+                      <w:r w:rsidR="00746FDE">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
-                      <w:r w:rsidR="00F344AA" w:rsidRPr="00CD79B8">
+                      <w:r w:rsidRPr="00CD79B8">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                         </w:rPr>
                         <w:t>)</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="7123CA2F" w14:textId="77777777" w:rsidR="00DF0A62" w:rsidRPr="000C1DEA" w:rsidRDefault="00DF0A62" w:rsidP="008E1E19">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:roundrect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D714A9B" w14:textId="77777777" w:rsidR="00CD79B8" w:rsidRPr="00725C5F" w:rsidRDefault="00CD79B8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="186"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E481311" w14:textId="77777777" w:rsidR="00775D0C" w:rsidRPr="00725C5F" w:rsidRDefault="00775D0C" w:rsidP="00775D0C">
+    <w:p w14:paraId="168EF260" w14:textId="10F08239" w:rsidR="00BC29EC" w:rsidRPr="00415BF4" w:rsidRDefault="00BC29EC" w:rsidP="000D7080">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="391"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00415BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Más información en </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00415BF4">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
@@ -1073,137 +1038,92 @@
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10669456" w14:textId="77777777" w:rsidR="00DB4CF0" w:rsidRPr="00725C5F" w:rsidRDefault="00DB4CF0" w:rsidP="00DB4CF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="48FBC5B4" w14:textId="77777777" w:rsidR="000F05E2" w:rsidRPr="00725C5F" w:rsidRDefault="000F05E2" w:rsidP="00B20289">
+    <w:p w14:paraId="48FBC5B4" w14:textId="79648B7C" w:rsidR="000F05E2" w:rsidRPr="00725C5F" w:rsidRDefault="00643C94" w:rsidP="00B20289">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00725C5F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>CURSO</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003048C6">
+        <w:t>TITULO DE LA A</w:t>
+      </w:r>
+      <w:r w:rsidR="00303C22">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00303C22">
+        <w:t xml:space="preserve">CTIVIDAD </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>OTRA ACTIVIDAD DE FORMACIÓN</w:t>
-[...44 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>Y MUNICIPIO</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="181" w:rightFromText="181" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="53"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10174"/>
       </w:tblGrid>
@@ -1302,2196 +1222,866 @@
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>A PERSONA</w:t>
       </w:r>
       <w:r w:rsidR="00BF387C" w:rsidRPr="00725C5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> SOLICITANTE</w:t>
       </w:r>
       <w:r w:rsidR="005B08D1" w:rsidRPr="00725C5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0203CAEE" w14:textId="581A065C" w:rsidR="00777E65" w:rsidRPr="00415BF4" w:rsidRDefault="001B051F" w:rsidP="001B051F">
+    <w:p w14:paraId="0203CAEE" w14:textId="0D070B9E" w:rsidR="00777E65" w:rsidRPr="00125BBD" w:rsidRDefault="001B051F" w:rsidP="001B051F">
       <w:pPr>
         <w:spacing w:before="60" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00415BF4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00125BBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">El requisito mínimo para </w:t>
       </w:r>
-      <w:r w:rsidR="00EB6795" w:rsidRPr="00415BF4">
+      <w:r w:rsidR="00122DE2" w:rsidRPr="00125BBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00415BF4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">que se </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6795" w:rsidRPr="00125BBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>acept</w:t>
+      </w:r>
+      <w:r w:rsidR="00122DE2" w:rsidRPr="00125BBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6795" w:rsidRPr="00125BBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> su </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00125BBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>solicit</w:t>
       </w:r>
-      <w:r w:rsidR="00EB6795" w:rsidRPr="00415BF4">
+      <w:r w:rsidR="00EB6795" w:rsidRPr="00125BBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ud</w:t>
       </w:r>
-      <w:r w:rsidRPr="00415BF4">
+      <w:r w:rsidRPr="00125BBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> es </w:t>
       </w:r>
-      <w:r w:rsidR="00DB4CF0" w:rsidRPr="00415BF4">
+      <w:r w:rsidR="00DB4CF0" w:rsidRPr="00125BBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>resid</w:t>
       </w:r>
-      <w:r w:rsidRPr="00415BF4">
+      <w:r w:rsidRPr="00125BBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ir</w:t>
       </w:r>
-      <w:r w:rsidR="00DB4CF0" w:rsidRPr="00415BF4">
+      <w:r w:rsidR="00DB4CF0" w:rsidRPr="00125BBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> en la Comunidad de Madrid (CM) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00415BF4">
+      <w:r w:rsidRPr="00125BBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>o, s</w:t>
       </w:r>
-      <w:r w:rsidR="00DB4CF0" w:rsidRPr="00415BF4">
+      <w:r w:rsidR="00DB4CF0" w:rsidRPr="00125BBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">i no reside en la CM, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00415BF4">
+      <w:r w:rsidRPr="00125BBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00EB6795" w:rsidRPr="00415BF4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cumplir </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5073A" w:rsidRPr="00125BBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00415BF4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00125BBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00DB4CF0" w:rsidRPr="00415BF4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> criterio A</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5073A" w:rsidRPr="00125BBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00125BBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4CF0" w:rsidRPr="00125BBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00415BF4">
+      <w:r w:rsidRPr="00125BBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
-[...54 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...90 lines deleted...]
-        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="228"/>
         <w:gridCol w:w="9531"/>
         <w:gridCol w:w="415"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00777E65" w:rsidRPr="00725C5F" w14:paraId="600654D6" w14:textId="77777777" w:rsidTr="00777E65">
-[...1083 lines deleted...]
-      <w:tr w:rsidR="00025483" w:rsidRPr="00725C5F" w14:paraId="585CB95E" w14:textId="77777777" w:rsidTr="00025483">
+      <w:tr w:rsidR="00777E65" w:rsidRPr="00725C5F" w14:paraId="600654D6" w14:textId="77777777" w:rsidTr="00582E18">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="228" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50CDE43D" w14:textId="77777777" w:rsidR="00025483" w:rsidRPr="00725C5F" w:rsidRDefault="00025483" w:rsidP="00566000">
+          <w:p w14:paraId="668CCC39" w14:textId="77777777" w:rsidR="00777E65" w:rsidRPr="00725C5F" w:rsidRDefault="00777E65" w:rsidP="00777E65">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9946" w:type="dxa"/>
+            <w:tcW w:w="9531" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43A62816" w14:textId="2EFC3103" w:rsidR="00025483" w:rsidRPr="00025483" w:rsidRDefault="00025483" w:rsidP="00025483">
+          <w:p w14:paraId="428396A7" w14:textId="3A145A57" w:rsidR="00777E65" w:rsidRPr="00125BBD" w:rsidRDefault="00582E18" w:rsidP="003903A4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00025483">
+            <w:r w:rsidRPr="00125BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">Resolución de concesión de ayuda en una convocatoria según </w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Beneficiarios de una ayuda obtenida en 2020 o posteriormente, como joven agricultor, persona joven agricultor o nuevo agricultor, dentro una convocatoria del PEPAC de España en la CM 2023-2027 o del PDR-CM 2014-2020, o solicitantes en la última convocatoria aún no resuelta </w:t>
             </w:r>
-            <w:r w:rsidR="0041046C">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">alguna de las </w:t>
+            <w:r w:rsidR="00777E65" w:rsidRPr="00125BBD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ja-JP"/>
+              </w:rPr>
+              <w:t>(10 puntos)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00025483">
-[...150 lines deleted...]
-              <w:t>.</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="415" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D375D62" w14:textId="77777777" w:rsidR="00777E65" w:rsidRPr="00725C5F" w:rsidRDefault="00777E65" w:rsidP="00204031">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00025483" w:rsidRPr="00725C5F" w14:paraId="27D35B4A" w14:textId="77777777" w:rsidTr="007B23E0">
+      <w:tr w:rsidR="001C3F9D" w:rsidRPr="00725C5F" w14:paraId="0366DFA2" w14:textId="77777777" w:rsidTr="00F04189">
+        <w:trPr>
+          <w:trHeight w:val="1395"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="228" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03EC1C5B" w14:textId="77777777" w:rsidR="001C3F9D" w:rsidRPr="00725C5F" w:rsidRDefault="001C3F9D" w:rsidP="00777E65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DF18695" w14:textId="758287D2" w:rsidR="001C3F9D" w:rsidRPr="00725C5F" w:rsidRDefault="001C3F9D" w:rsidP="00777E65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9531" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5076C17D" w14:textId="6D21B73F" w:rsidR="001C3F9D" w:rsidRPr="00125BBD" w:rsidRDefault="001C3F9D" w:rsidP="00777E65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00125BBD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Titulares de explotaciones agrarias de la CM o Familiares colaboradores del titular de la explotación </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76E9B4F2" w14:textId="61663923" w:rsidR="001C3F9D" w:rsidRPr="00125BBD" w:rsidRDefault="001C3F9D" w:rsidP="00777E65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00125BBD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Personas que desarrollan sus actividades profesionales en los sectores agropecuario, forestal y agroalimentario de la CM, o realizan otras actividades profesionales ligadas al medio natural en zonas rurales de la CM (8 puntos)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65C4F119" w14:textId="7ECF8E43" w:rsidR="001C3F9D" w:rsidRPr="00125BBD" w:rsidRDefault="001C3F9D" w:rsidP="00777E65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00125BBD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>No se considerará como tales a quienes solo puedan demostrar que trabajan en una administración pública, aunque tengan funciones en estos ámbitos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="415" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F62265F" w14:textId="21B04227" w:rsidR="001C3F9D" w:rsidRPr="00725C5F" w:rsidRDefault="001C3F9D" w:rsidP="00204031">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F06F"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00777E65" w:rsidRPr="00725C5F" w14:paraId="683D42DE" w14:textId="77777777" w:rsidTr="00582E18">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="228" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78404222" w14:textId="77777777" w:rsidR="00025483" w:rsidRPr="00725C5F" w:rsidRDefault="00025483" w:rsidP="00566000">
+          <w:p w14:paraId="2D7A5186" w14:textId="73C24BC2" w:rsidR="00777E65" w:rsidRPr="00725C5F" w:rsidRDefault="00582E18" w:rsidP="00777E65">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>B</w:t>
+              <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9946" w:type="dxa"/>
+            <w:tcW w:w="9531" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36424810" w14:textId="1740477C" w:rsidR="00025483" w:rsidRPr="00025483" w:rsidRDefault="00025483" w:rsidP="006F6562">
+          <w:p w14:paraId="48964497" w14:textId="77777777" w:rsidR="00777E65" w:rsidRPr="00125BBD" w:rsidRDefault="00777E65" w:rsidP="00411B2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ja-JP"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00125BBD">
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="18"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mujeres </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00125BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...3 lines deleted...]
-              <w:t>Para t</w:t>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">que cumplan </w:t>
             </w:r>
-            <w:r w:rsidRPr="00725C5F">
+            <w:r w:rsidR="00411B2C" w:rsidRPr="00125BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">itulares de explotaciones agrarias </w:t>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>alguno/s</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00125BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">de la CM: </w:t>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de los criterios anteriores</w:t>
             </w:r>
-            <w:r w:rsidRPr="00025483">
+            <w:r w:rsidRPr="00125BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="18"/>
-[...37 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00411B2C" w:rsidRPr="00125BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>Para f</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00725C5F">
+            <w:r w:rsidR="00411B2C" w:rsidRPr="00125BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...3 lines deleted...]
-              <w:t>amiliares colaboradores del titular de la explotación</w:t>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>marque</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00125BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">: </w:t>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> también el otro criterio</w:t>
             </w:r>
-            <w:r w:rsidRPr="00725C5F">
+            <w:r w:rsidR="00411B2C" w:rsidRPr="00125BBD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00125BBD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (2 puntos adicionales)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="415" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47D24210" w14:textId="77777777" w:rsidR="00777E65" w:rsidRPr="00725C5F" w:rsidRDefault="00777E65" w:rsidP="00204031">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
-              <w:t>Resolución de la TGSS de alta en el RETA como Familiar colaborador del titular de la explotación</w:t>
-[...10 lines deleted...]
-              <w:t>.</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00725C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00025483" w:rsidRPr="00725C5F" w14:paraId="2CCA6F0D" w14:textId="77777777" w:rsidTr="003747F6">
+      <w:tr w:rsidR="00777E65" w:rsidRPr="00725C5F" w14:paraId="3C2A0B6D" w14:textId="77777777" w:rsidTr="00582E18">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="228" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7261F8AD" w14:textId="77777777" w:rsidR="00025483" w:rsidRPr="00725C5F" w:rsidRDefault="00025483" w:rsidP="00566000">
-[...201 lines deleted...]
-          <w:p w14:paraId="03A57E63" w14:textId="77777777" w:rsidR="006F6562" w:rsidRPr="00725C5F" w:rsidRDefault="006F6562" w:rsidP="00566000">
+          <w:p w14:paraId="113B1D70" w14:textId="77777777" w:rsidR="00777E65" w:rsidRPr="00725C5F" w:rsidRDefault="00777E65" w:rsidP="00777E65">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9946" w:type="dxa"/>
+            <w:tcW w:w="9531" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16F1B928" w14:textId="0BD8A2F7" w:rsidR="006F6562" w:rsidRPr="00725C5F" w:rsidRDefault="006F6562" w:rsidP="006F6562">
+          <w:p w14:paraId="23E4FC8C" w14:textId="53100042" w:rsidR="00777E65" w:rsidRPr="00125BBD" w:rsidRDefault="00A01633" w:rsidP="001B051F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ja-JP"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00125BBD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Persona interesada en formarse en el sector agropecuario, forestal y/o agroalimentario </w:t>
+            </w:r>
+            <w:r w:rsidR="00777E65" w:rsidRPr="00125BBD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(0 puntos)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="415" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22B95CCE" w14:textId="77777777" w:rsidR="00777E65" w:rsidRPr="00725C5F" w:rsidRDefault="00777E65" w:rsidP="00204031">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00725C5F">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
-[...86 lines deleted...]
-              <w:t>)</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w14:paraId="34051E1A" w14:textId="5DF0B8F7" w:rsidR="000B6ADF" w:rsidRDefault="003903A4" w:rsidP="00D12AF9">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003903A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>La persona firmante DECLARA BAJO SU RESPONSABILIDAD que son ciertos cuantos datos figuran en esta solicitud</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6562">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Si fuera necesario, IMIDRA le solicitar</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6562">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>á</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> copia de </w:t>
+      </w:r>
+      <w:r w:rsidR="001C3F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la </w:t>
+      </w:r>
+      <w:r w:rsidR="00517491" w:rsidRPr="00725C5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>documentación</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="7001B509" w14:textId="7B96F79B" w:rsidR="00415BF4" w:rsidRPr="00187BA3" w:rsidRDefault="00415BF4" w:rsidP="006F6562">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="301"/>
         <w:gridCol w:w="5184"/>
@@ -3629,71 +2219,81 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2307" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A60210E" w14:textId="77777777" w:rsidR="00187BA3" w:rsidRPr="00187BA3" w:rsidRDefault="00187BA3" w:rsidP="00566000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="973" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4670C11F" w14:textId="4D96FBDA" w:rsidR="00187BA3" w:rsidRPr="00187BA3" w:rsidRDefault="00187BA3" w:rsidP="00566000">
+          <w:p w14:paraId="4670C11F" w14:textId="5BCAEFA5" w:rsidR="00187BA3" w:rsidRPr="00187BA3" w:rsidRDefault="00187BA3" w:rsidP="00566000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
-              <w:t>de 2025</w:t>
+              <w:t>de 202</w:t>
+            </w:r>
+            <w:r w:rsidR="002D01BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ja-JP"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00187BA3" w:rsidRPr="00187BA3" w14:paraId="3D152989" w14:textId="6EAD9222" w:rsidTr="006C5277">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10174" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A08A133" w14:textId="77777777" w:rsidR="00187BA3" w:rsidRDefault="00187BA3" w:rsidP="00566000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -3702,62 +2302,50 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>FIRMA</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D793926" w14:textId="77777777" w:rsidR="00187BA3" w:rsidRDefault="00187BA3" w:rsidP="00566000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0E700CF7" w14:textId="77777777" w:rsidR="00187BA3" w:rsidRDefault="00187BA3" w:rsidP="00566000">
-            <w:pPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="632EA6E0" w14:textId="77777777" w:rsidR="00187BA3" w:rsidRDefault="00187BA3" w:rsidP="00566000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="13CC1452" w14:textId="7BAE2782" w:rsidR="00187BA3" w:rsidRPr="00187BA3" w:rsidRDefault="00187BA3" w:rsidP="00566000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -4137,51 +2725,73 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="185A4652" w14:textId="77777777" w:rsidR="008D0179" w:rsidRPr="00725C5F" w:rsidRDefault="008D0179" w:rsidP="00CC4850">
       <w:pPr>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00725C5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Contacto Delegado de Protección de Datos: </w:t>
+        <w:t xml:space="preserve">Contacto </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00725C5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Delegado</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00725C5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Protección de Datos: </w:t>
       </w:r>
       <w:r w:rsidRPr="00E6087A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>protecciondatosmambiente@madrid.org</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A488138" w14:textId="77777777" w:rsidR="008D0179" w:rsidRPr="00725C5F" w:rsidRDefault="008D0179" w:rsidP="00CC4850">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -5183,101 +3793,101 @@
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5DEE0B78" w14:textId="77777777" w:rsidR="00514A9C" w:rsidRDefault="00514A9C" w:rsidP="00DF0A62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tablaconcuadrcula"/>
       <w:tblW w:w="10421" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7655"/>
       <w:gridCol w:w="2766"/>
     </w:tblGrid>
     <w:tr w:rsidR="00BB0C41" w14:paraId="48D77E9D" w14:textId="77777777" w:rsidTr="00E45BF4">
@@ -5723,74 +4333,86 @@
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="3E330569" w14:textId="77777777" w:rsidR="006E7836" w:rsidRPr="001B051F" w:rsidRDefault="006E7836" w:rsidP="001B051F">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="36DC2CD9" w14:textId="184A07E7" w:rsidR="006E7836" w:rsidRPr="00BA7166" w:rsidRDefault="00BA7166" w:rsidP="00BA7166">
+  <w:p w14:paraId="36DC2CD9" w14:textId="1F938E2E" w:rsidR="006E7836" w:rsidRPr="00BA7166" w:rsidRDefault="00BA7166" w:rsidP="00BA7166">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00BA7166">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t xml:space="preserve">CURSOS Y OTRAS ACTIVIDADES de FORMACIÓN, DEMOSTRACIÓN, INTERCAMBIO </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00BA7166">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00BA7166">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
-      <w:t xml:space="preserve"> INFORMACIÓN ORGANIZADAS POR IMIDRA (2025)</w:t>
+      <w:t xml:space="preserve"> INFORMACIÓN ORGANIZADAS POR IMIDRA (202</w:t>
+    </w:r>
+    <w:r w:rsidR="00E86933">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00BA7166">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
+      <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03ED5ACB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CB4CA7F0"/>
     <w:lvl w:ilvl="0" w:tplc="514C1F6E">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="391"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
@@ -6509,314 +5131,328 @@
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="130"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="152"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="34817"/>
+    <o:shapedefaults v:ext="edit" spidmax="45057"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000B6ADF"/>
     <w:rsid w:val="00002610"/>
     <w:rsid w:val="00004114"/>
     <w:rsid w:val="00007D80"/>
     <w:rsid w:val="00014DB0"/>
     <w:rsid w:val="00025483"/>
     <w:rsid w:val="000263DA"/>
     <w:rsid w:val="00045203"/>
     <w:rsid w:val="00091ED2"/>
     <w:rsid w:val="000A22D6"/>
     <w:rsid w:val="000B5475"/>
     <w:rsid w:val="000B5872"/>
     <w:rsid w:val="000B67FD"/>
     <w:rsid w:val="000B6ADF"/>
     <w:rsid w:val="000C00EE"/>
+    <w:rsid w:val="000D7080"/>
     <w:rsid w:val="000E59B6"/>
     <w:rsid w:val="000E7081"/>
     <w:rsid w:val="000F05E2"/>
+    <w:rsid w:val="00122DE2"/>
+    <w:rsid w:val="00125BBD"/>
     <w:rsid w:val="0012629B"/>
     <w:rsid w:val="0013434A"/>
     <w:rsid w:val="00147DE8"/>
     <w:rsid w:val="001569C6"/>
     <w:rsid w:val="0016454E"/>
     <w:rsid w:val="0018006C"/>
     <w:rsid w:val="00187288"/>
     <w:rsid w:val="00187BA3"/>
     <w:rsid w:val="00195980"/>
     <w:rsid w:val="001A7067"/>
     <w:rsid w:val="001A72C4"/>
     <w:rsid w:val="001B051F"/>
     <w:rsid w:val="001B0D2E"/>
+    <w:rsid w:val="001C3F9D"/>
     <w:rsid w:val="001D579D"/>
     <w:rsid w:val="001E6F99"/>
     <w:rsid w:val="001F7141"/>
     <w:rsid w:val="00200B0D"/>
     <w:rsid w:val="00204031"/>
     <w:rsid w:val="00230D67"/>
     <w:rsid w:val="00233D8C"/>
     <w:rsid w:val="00235AD2"/>
     <w:rsid w:val="00242321"/>
     <w:rsid w:val="00270C20"/>
     <w:rsid w:val="00281788"/>
     <w:rsid w:val="002C1E1D"/>
+    <w:rsid w:val="002D01BC"/>
     <w:rsid w:val="002D4E64"/>
     <w:rsid w:val="002D5243"/>
     <w:rsid w:val="002E0307"/>
     <w:rsid w:val="002E2D7A"/>
     <w:rsid w:val="002E7ED2"/>
     <w:rsid w:val="002F10D8"/>
     <w:rsid w:val="00303C22"/>
     <w:rsid w:val="0030434B"/>
     <w:rsid w:val="003048C6"/>
     <w:rsid w:val="00305939"/>
     <w:rsid w:val="00344291"/>
     <w:rsid w:val="00381E7D"/>
     <w:rsid w:val="003903A4"/>
     <w:rsid w:val="00393AE4"/>
     <w:rsid w:val="003A64C2"/>
     <w:rsid w:val="003F0ED2"/>
     <w:rsid w:val="003F7CC1"/>
     <w:rsid w:val="00401351"/>
     <w:rsid w:val="0041046C"/>
     <w:rsid w:val="004108BC"/>
     <w:rsid w:val="00410CE5"/>
     <w:rsid w:val="00411B2C"/>
     <w:rsid w:val="00415BF4"/>
     <w:rsid w:val="00422220"/>
     <w:rsid w:val="0043359E"/>
     <w:rsid w:val="00434567"/>
     <w:rsid w:val="00441B25"/>
     <w:rsid w:val="00450805"/>
     <w:rsid w:val="00464E8B"/>
     <w:rsid w:val="004661D8"/>
     <w:rsid w:val="004A3692"/>
     <w:rsid w:val="004B457D"/>
     <w:rsid w:val="00501D84"/>
     <w:rsid w:val="00514A9C"/>
+    <w:rsid w:val="00517491"/>
     <w:rsid w:val="0054260E"/>
+    <w:rsid w:val="00582E18"/>
     <w:rsid w:val="00597C7C"/>
     <w:rsid w:val="005B08D1"/>
     <w:rsid w:val="005C7E1D"/>
     <w:rsid w:val="005D0F38"/>
     <w:rsid w:val="005D2FBC"/>
     <w:rsid w:val="005D3890"/>
     <w:rsid w:val="005F79D2"/>
     <w:rsid w:val="00603D30"/>
     <w:rsid w:val="00616098"/>
     <w:rsid w:val="00624126"/>
     <w:rsid w:val="00630AF0"/>
+    <w:rsid w:val="00643C94"/>
     <w:rsid w:val="006523D8"/>
     <w:rsid w:val="00657D6E"/>
     <w:rsid w:val="00663A2E"/>
     <w:rsid w:val="00663BEA"/>
     <w:rsid w:val="00664213"/>
     <w:rsid w:val="00677BEF"/>
     <w:rsid w:val="006B252E"/>
     <w:rsid w:val="006D5AA3"/>
     <w:rsid w:val="006E0687"/>
     <w:rsid w:val="006E06D4"/>
     <w:rsid w:val="006E3461"/>
     <w:rsid w:val="006E7836"/>
     <w:rsid w:val="006F6562"/>
     <w:rsid w:val="00705B76"/>
     <w:rsid w:val="00706AF5"/>
     <w:rsid w:val="00724F0B"/>
     <w:rsid w:val="00725C5F"/>
     <w:rsid w:val="00731D7A"/>
     <w:rsid w:val="0073472D"/>
     <w:rsid w:val="00744C38"/>
+    <w:rsid w:val="00746FDE"/>
     <w:rsid w:val="00767F82"/>
     <w:rsid w:val="00775D0C"/>
     <w:rsid w:val="00777E65"/>
     <w:rsid w:val="00780132"/>
     <w:rsid w:val="00781375"/>
     <w:rsid w:val="00782A21"/>
     <w:rsid w:val="0079797F"/>
     <w:rsid w:val="007A18CE"/>
     <w:rsid w:val="007C47E7"/>
     <w:rsid w:val="007E00E1"/>
     <w:rsid w:val="007E33E2"/>
     <w:rsid w:val="007F6469"/>
     <w:rsid w:val="008008AF"/>
     <w:rsid w:val="00814F4D"/>
     <w:rsid w:val="008204FF"/>
     <w:rsid w:val="0086243D"/>
     <w:rsid w:val="008663DB"/>
     <w:rsid w:val="00881087"/>
     <w:rsid w:val="008D0179"/>
     <w:rsid w:val="008E1E19"/>
     <w:rsid w:val="0091430B"/>
     <w:rsid w:val="00916FBD"/>
     <w:rsid w:val="00917840"/>
+    <w:rsid w:val="00920031"/>
     <w:rsid w:val="00927BE1"/>
     <w:rsid w:val="00931C40"/>
     <w:rsid w:val="00940D1E"/>
     <w:rsid w:val="00945D5F"/>
     <w:rsid w:val="009504DB"/>
     <w:rsid w:val="009626A0"/>
     <w:rsid w:val="00974D56"/>
     <w:rsid w:val="009863E4"/>
     <w:rsid w:val="009865BB"/>
     <w:rsid w:val="00991A71"/>
     <w:rsid w:val="009A4268"/>
     <w:rsid w:val="009B469E"/>
     <w:rsid w:val="009C6DB4"/>
+    <w:rsid w:val="00A01633"/>
     <w:rsid w:val="00A212BA"/>
     <w:rsid w:val="00A21E11"/>
     <w:rsid w:val="00A37238"/>
     <w:rsid w:val="00A43FB6"/>
     <w:rsid w:val="00A619BB"/>
     <w:rsid w:val="00A62E1E"/>
     <w:rsid w:val="00A67B6A"/>
     <w:rsid w:val="00A839EB"/>
     <w:rsid w:val="00AB28DB"/>
     <w:rsid w:val="00AB6475"/>
     <w:rsid w:val="00AC608B"/>
     <w:rsid w:val="00AC6784"/>
     <w:rsid w:val="00AE0103"/>
     <w:rsid w:val="00AE2986"/>
     <w:rsid w:val="00AE6B60"/>
     <w:rsid w:val="00AF0DAF"/>
     <w:rsid w:val="00AF1B8F"/>
     <w:rsid w:val="00B02BFB"/>
     <w:rsid w:val="00B20289"/>
+    <w:rsid w:val="00B5073A"/>
     <w:rsid w:val="00B51539"/>
     <w:rsid w:val="00BA7166"/>
     <w:rsid w:val="00BB0C41"/>
     <w:rsid w:val="00BB5CB0"/>
     <w:rsid w:val="00BC29EC"/>
     <w:rsid w:val="00BC7B02"/>
     <w:rsid w:val="00BF387C"/>
+    <w:rsid w:val="00C157EA"/>
     <w:rsid w:val="00C41090"/>
     <w:rsid w:val="00C65C2E"/>
     <w:rsid w:val="00C66C74"/>
     <w:rsid w:val="00CC4850"/>
     <w:rsid w:val="00CD79B8"/>
     <w:rsid w:val="00CD7CFC"/>
     <w:rsid w:val="00CE6275"/>
     <w:rsid w:val="00D005C5"/>
     <w:rsid w:val="00D019EE"/>
     <w:rsid w:val="00D12AF9"/>
     <w:rsid w:val="00D45388"/>
     <w:rsid w:val="00D5282A"/>
     <w:rsid w:val="00DA39C4"/>
     <w:rsid w:val="00DB4CF0"/>
     <w:rsid w:val="00DC1394"/>
     <w:rsid w:val="00DD20F1"/>
     <w:rsid w:val="00DD6AAA"/>
     <w:rsid w:val="00DF0A62"/>
     <w:rsid w:val="00DF2A19"/>
     <w:rsid w:val="00E11BB8"/>
     <w:rsid w:val="00E157F8"/>
     <w:rsid w:val="00E17BC4"/>
     <w:rsid w:val="00E31E09"/>
     <w:rsid w:val="00E45BF4"/>
     <w:rsid w:val="00E6087A"/>
     <w:rsid w:val="00E634A7"/>
     <w:rsid w:val="00E81649"/>
+    <w:rsid w:val="00E86933"/>
     <w:rsid w:val="00E90490"/>
     <w:rsid w:val="00E978AC"/>
     <w:rsid w:val="00EB212F"/>
     <w:rsid w:val="00EB4E22"/>
     <w:rsid w:val="00EB6795"/>
     <w:rsid w:val="00EB71AA"/>
     <w:rsid w:val="00EC44BD"/>
     <w:rsid w:val="00EC62D0"/>
     <w:rsid w:val="00EC76E5"/>
     <w:rsid w:val="00EE064F"/>
     <w:rsid w:val="00EE5CAE"/>
     <w:rsid w:val="00F10E8A"/>
     <w:rsid w:val="00F32D6D"/>
     <w:rsid w:val="00F344AA"/>
     <w:rsid w:val="00F47422"/>
     <w:rsid w:val="00F602C3"/>
     <w:rsid w:val="00F66743"/>
     <w:rsid w:val="00F75298"/>
     <w:rsid w:val="00F86589"/>
     <w:rsid w:val="00FB257E"/>
     <w:rsid w:val="00FE11B7"/>
     <w:rsid w:val="00FF1BC0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="34817"/>
+    <o:shapedefaults v:ext="edit" spidmax="45057"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="56DF347C"/>
   <w15:docId w15:val="{2C5707AD-FB16-4989-AC40-ACADB3E54EFB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
@@ -7735,69 +6371,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1F19261C-5AEC-4760-AE13-759459FCDF4F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1209</Words>
-  <Characters>6655</Characters>
+  <Words>953</Words>
+  <Characters>5246</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>55</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>43</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Comunidad de Madrid</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7849</CharactersWithSpaces>
+  <CharactersWithSpaces>6187</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>IMIDRA</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>